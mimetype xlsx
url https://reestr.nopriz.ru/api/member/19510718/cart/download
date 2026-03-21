--- v0 (2025-12-08)
+++ v1 (2026-03-21)
@@ -208,51 +208,51 @@
   <si>
     <t>0364-2023-9701256261-П-46</t>
   </si>
   <si>
     <t>29.09.2023</t>
   </si>
   <si>
     <t>09.08.2023</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1237700530308</t>
   </si>
   <si>
     <t>9701256261</t>
   </si>
   <si>
     <t>+7(914)-889-11-11</t>
   </si>
   <si>
     <t>101000, Россия, Москва, Москва, Басманный, б-р Чистопрудный, 13, 2, 1/1</t>
   </si>
   <si>
-    <t>генеральный директор Ларионова Ольга Сергеевна</t>
+    <t>генеральный директор Заварухин Андрей Александрович</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
     <t>20.09.2023 Протокол правления № 315</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Второй уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>09.04.2025</t>
   </si>
   <si>
     <t>Плановая</t>
   </si>