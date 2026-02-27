--- v0 (2025-12-13)
+++ v1 (2026-02-27)
@@ -208,51 +208,51 @@
   <si>
     <t>0363-2023-3808280629-П-46</t>
   </si>
   <si>
     <t>23.08.2023</t>
   </si>
   <si>
     <t>27.01.2023</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1233800001621</t>
   </si>
   <si>
     <t>3808280629</t>
   </si>
   <si>
     <t>+(3952)52-04-05</t>
   </si>
   <si>
     <t>664011, Россия, Иркутская область, Кировский, Иркутск, Сухэ-Батора, 11</t>
   </si>
   <si>
-    <t>Директор Сунгатулин Иван Сергеевич</t>
+    <t>и.о. директора Березиков Иван Альбертович</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
     <t>23.08.2023 Протокол Правления № 314</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>17.09.2025</t>
   </si>
   <si>
     <t>Плановая</t>
   </si>