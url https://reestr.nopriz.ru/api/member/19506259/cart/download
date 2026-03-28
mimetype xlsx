--- v0 (2025-12-13)
+++ v1 (2026-03-28)
@@ -214,51 +214,51 @@
   <si>
     <t>20.03.2023</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1233800005405</t>
   </si>
   <si>
     <t>3804118294</t>
   </si>
   <si>
     <t>+7-950-05-398-71</t>
   </si>
   <si>
     <t>664019, Россия, Иркутская область, Иркутск, Напольная, 59, помещ. 3</t>
   </si>
   <si>
     <t>Генеральный директор Пасечникова Мария Александровна</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
-    <t>01.03.2025</t>
+    <t>02.03.2026</t>
   </si>
   <si>
     <t>24.04.2023 Протокол Правления № 305 от 24.04.2023</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Третий уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>17.07.2025</t>
   </si>
   <si>
     <t>24.03.2025</t>
   </si>
   <si>
     <t>Плановая</t>
   </si>