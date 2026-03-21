--- v0 (2025-12-13)
+++ v1 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Сведения о СРО</t>
   </si>
   <si>
     <t>Сведения о члене саморегулируемой организации</t>
   </si>
   <si>
     <t>Размер обязательств</t>
   </si>
   <si>
     <t>Сведения о КФ</t>
   </si>
   <si>
     <t>Сведения о наличии права</t>
   </si>
   <si>
     <t>Сведения о проверках</t>
   </si>
   <si>
     <t>Сведения об обеспечении имущественной ответственности</t>
   </si>
   <si>
     <t>Полное и (в случае, если имеется) сокращенное наименование саморегулируемой организации, основной государственный регистрационный номер записи о государственной регистрации юридического лица, идентификационный номер налогоплательщика, регистрационный номер в государственном реестре саморегулируемых организаций, адрес места нахождения, адрес официального сайта в информационно-телекоммуникационной сети "Интернет", адрес электронной почты, контактный телефон</t>
   </si>
   <si>
@@ -214,78 +214,81 @@
   <si>
     <t>03.04.2019</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1190327004735</t>
   </si>
   <si>
     <t>0326567162</t>
   </si>
   <si>
     <t>+7(3012) 480224, +7 (3012) 480220</t>
   </si>
   <si>
     <t>670000, Россия, Республика Бурятия, г.о. город Улан-Удэ, Улан-Удэ, Борсоева, 19Б, этаж 3, помещ.10</t>
   </si>
   <si>
     <t>Генеральный директор Гармаев Сергей Очирович</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
-    <t>01.03.2025</t>
+    <t>02.03.2026</t>
   </si>
   <si>
     <t>19.10.2022 Протокол Правления № 287</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
+    <t>09.02.2026</t>
+  </si>
+  <si>
+    <t>Плановая</t>
+  </si>
+  <si>
+    <t>Нарушений не имеется</t>
+  </si>
+  <si>
+    <t>Не применялись</t>
+  </si>
+  <si>
     <t>27.11.2024</t>
-  </si>
-[...7 lines deleted...]
-    <t>Не применялись</t>
   </si>
   <si>
     <t>28.11.2023</t>
   </si>
   <si>
     <t>17.10.2022</t>
   </si>
   <si>
     <t>Внеплановая</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -668,54 +671,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AT6"/>
+  <dimension ref="A1:AT7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AQ6"/>
+      <selection activeCell="A1" sqref="A1:AQ7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" customWidth="true" style="0"/>
     <col min="33" max="33" width="15" customWidth="true" style="0"/>
     <col min="34" max="34" width="30" customWidth="true" style="0"/>
     <col min="30" max="30" width="20" customWidth="true" style="0"/>
     <col min="31" max="31" width="15" customWidth="true" style="0"/>
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="21" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:46">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
@@ -1133,106 +1136,159 @@
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="4"/>
       <c r="W6" s="4"/>
       <c r="X6" s="4"/>
       <c r="Y6" s="4"/>
       <c r="Z6" s="4"/>
       <c r="AA6" s="4"/>
       <c r="AB6" s="4"/>
       <c r="AC6" s="4"/>
       <c r="AD6" s="4"/>
       <c r="AE6" s="4"/>
       <c r="AF6" s="4"/>
       <c r="AG6" s="4"/>
       <c r="AH6" s="4"/>
       <c r="AI6" s="4" t="s">
         <v>75</v>
       </c>
       <c r="AJ6" s="4" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="AK6" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AL6" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AM6" s="4"/>
       <c r="AN6" s="4"/>
       <c r="AO6" s="4"/>
       <c r="AP6" s="4"/>
       <c r="AQ6" s="4"/>
+    </row>
+    <row r="7" spans="1:46">
+      <c r="A7" s="4"/>
+      <c r="B7" s="4"/>
+      <c r="C7" s="4"/>
+      <c r="D7" s="4"/>
+      <c r="E7" s="4"/>
+      <c r="F7" s="4"/>
+      <c r="G7" s="4"/>
+      <c r="H7" s="4"/>
+      <c r="I7" s="4"/>
+      <c r="J7" s="4"/>
+      <c r="K7" s="4"/>
+      <c r="L7" s="4"/>
+      <c r="M7" s="4"/>
+      <c r="N7" s="4"/>
+      <c r="O7" s="4"/>
+      <c r="P7" s="4"/>
+      <c r="Q7" s="4"/>
+      <c r="R7" s="4"/>
+      <c r="S7" s="4"/>
+      <c r="T7" s="4"/>
+      <c r="U7" s="4"/>
+      <c r="V7" s="4"/>
+      <c r="W7" s="4"/>
+      <c r="X7" s="4"/>
+      <c r="Y7" s="4"/>
+      <c r="Z7" s="4"/>
+      <c r="AA7" s="4"/>
+      <c r="AB7" s="4"/>
+      <c r="AC7" s="4"/>
+      <c r="AD7" s="4"/>
+      <c r="AE7" s="4"/>
+      <c r="AF7" s="4"/>
+      <c r="AG7" s="4"/>
+      <c r="AH7" s="4"/>
+      <c r="AI7" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ7" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="AK7" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="AL7" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AM7" s="4"/>
+      <c r="AN7" s="4"/>
+      <c r="AO7" s="4"/>
+      <c r="AP7" s="4"/>
+      <c r="AQ7" s="4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:S1"/>
     <mergeCell ref="T1:U1"/>
     <mergeCell ref="V1:Y1"/>
     <mergeCell ref="Z1:AH1"/>
     <mergeCell ref="AI1:AL1"/>
     <mergeCell ref="AM1:AQ1"/>
-    <mergeCell ref="B4:B6"/>
-[...31 lines deleted...]
-    <mergeCell ref="A3:A6"/>
+    <mergeCell ref="B4:B7"/>
+    <mergeCell ref="C4:C7"/>
+    <mergeCell ref="D4:D7"/>
+    <mergeCell ref="E4:E7"/>
+    <mergeCell ref="F4:F7"/>
+    <mergeCell ref="G4:G7"/>
+    <mergeCell ref="H4:H7"/>
+    <mergeCell ref="I4:I7"/>
+    <mergeCell ref="J4:J7"/>
+    <mergeCell ref="K4:K7"/>
+    <mergeCell ref="L4:L7"/>
+    <mergeCell ref="M4:M7"/>
+    <mergeCell ref="N4:N7"/>
+    <mergeCell ref="O4:O7"/>
+    <mergeCell ref="P4:P7"/>
+    <mergeCell ref="Q4:Q7"/>
+    <mergeCell ref="R4:R7"/>
+    <mergeCell ref="S4:S7"/>
+    <mergeCell ref="T4:T7"/>
+    <mergeCell ref="U4:U7"/>
+    <mergeCell ref="V4:V7"/>
+    <mergeCell ref="W4:W7"/>
+    <mergeCell ref="X4:X7"/>
+    <mergeCell ref="Y4:Y7"/>
+    <mergeCell ref="Z4:Z7"/>
+    <mergeCell ref="AA4:AA7"/>
+    <mergeCell ref="AB4:AB7"/>
+    <mergeCell ref="AM4:AM7"/>
+    <mergeCell ref="AN4:AN7"/>
+    <mergeCell ref="AO4:AO7"/>
+    <mergeCell ref="AP4:AP7"/>
+    <mergeCell ref="AQ4:AQ7"/>
+    <mergeCell ref="A3:A7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>