--- v0 (2025-12-07)
+++ v1 (2026-02-27)
@@ -232,63 +232,63 @@
   <si>
     <t>Генеральный директор Фадеев Артем Анатольевич</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
     <t>01.03.2025</t>
   </si>
   <si>
     <t>Протокол Правления № 261 от 07.04.2021</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
+    <t>25.05.2022</t>
+  </si>
+  <si>
+    <t>Плановая</t>
+  </si>
+  <si>
+    <t>Нарушений не имеется</t>
+  </si>
+  <si>
+    <t>Не применялись</t>
+  </si>
+  <si>
     <t>08.04.2025</t>
-  </si>
-[...10 lines deleted...]
-    <t>25.05.2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>