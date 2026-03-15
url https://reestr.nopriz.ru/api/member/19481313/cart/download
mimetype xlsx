--- v0 (2025-12-13)
+++ v1 (2026-03-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Сведения о СРО</t>
   </si>
   <si>
     <t>Сведения о члене саморегулируемой организации</t>
   </si>
   <si>
     <t>Размер обязательств</t>
   </si>
   <si>
     <t>Сведения о КФ</t>
   </si>
   <si>
     <t>Сведения о наличии права</t>
   </si>
   <si>
     <t>Сведения о проверках</t>
   </si>
   <si>
     <t>Сведения об обеспечении имущественной ответственности</t>
   </si>
   <si>
     <t>Полное и (в случае, если имеется) сокращенное наименование саморегулируемой организации, основной государственный регистрационный номер записи о государственной регистрации юридического лица, идентификационный номер налогоплательщика, регистрационный номер в государственном реестре саморегулируемых организаций, адрес места нахождения, адрес официального сайта в информационно-телекоммуникационной сети "Интернет", адрес электронной почты, контактный телефон</t>
   </si>
   <si>
@@ -214,78 +214,84 @@
   <si>
     <t>11.06.2020</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1203800012130</t>
   </si>
   <si>
     <t>3808271889</t>
   </si>
   <si>
     <t>(3952) 791-124, (3952)794-655,</t>
   </si>
   <si>
     <t>664050, Россия, Иркутская область, Иркутск, Байкальская, 259</t>
   </si>
   <si>
     <t>Управляющий директор Михайлов Михаил Николаевич</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
+    <t>02.03.2026</t>
+  </si>
+  <si>
     <t>Протокол Правления № 254 от 27.01.2021</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>12.03.2025</t>
   </si>
   <si>
+    <t>29.01.2026</t>
+  </si>
+  <si>
+    <t>Плановая</t>
+  </si>
+  <si>
+    <t>Нарушений не имеется</t>
+  </si>
+  <si>
+    <t>Не применялись</t>
+  </si>
+  <si>
     <t>06.11.2024</t>
-  </si>
-[...7 lines deleted...]
-    <t>Не применялись</t>
   </si>
   <si>
     <t>18.03.2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -662,54 +668,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AT5"/>
+  <dimension ref="A1:AT6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AQ5"/>
+      <selection activeCell="A1" sqref="A1:AQ6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" customWidth="true" style="0"/>
     <col min="33" max="33" width="15" customWidth="true" style="0"/>
     <col min="34" max="34" width="30" customWidth="true" style="0"/>
     <col min="30" max="30" width="20" customWidth="true" style="0"/>
     <col min="31" max="31" width="15" customWidth="true" style="0"/>
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="21" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:46">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
@@ -972,204 +978,261 @@
         <v>57</v>
       </c>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8" t="s">
         <v>58</v>
       </c>
       <c r="L4" s="8" t="s">
         <v>59</v>
       </c>
       <c r="M4" s="8" t="s">
         <v>60</v>
       </c>
       <c r="N4" s="8" t="s">
         <v>61</v>
       </c>
       <c r="O4" s="8" t="s">
         <v>62</v>
       </c>
       <c r="P4" s="8"/>
       <c r="Q4" s="8"/>
       <c r="R4" s="8" t="s">
         <v>63</v>
       </c>
       <c r="S4" s="8"/>
-      <c r="T4" s="8"/>
-      <c r="U4" s="8"/>
+      <c r="T4" s="8">
+        <v>0</v>
+      </c>
+      <c r="U4" s="8" t="s">
+        <v>64</v>
+      </c>
       <c r="V4" s="8">
         <v>50000.0</v>
       </c>
       <c r="W4" s="8">
         <v>150000.0</v>
       </c>
       <c r="X4" s="8" t="s">
         <v>55</v>
       </c>
       <c r="Y4" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="Z4" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="AA4" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="AB4" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="AC4" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="AD4" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="AE4" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="AE4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF4" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="AG4" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AH4" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AI4" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AJ4" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AK4" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AL4" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AM4" s="4"/>
       <c r="AN4" s="4"/>
       <c r="AO4" s="4"/>
       <c r="AP4" s="4"/>
       <c r="AQ4" s="4"/>
     </row>
     <row r="5" spans="1:46">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
       <c r="P5" s="4"/>
       <c r="Q5" s="4"/>
       <c r="R5" s="4"/>
       <c r="S5" s="4"/>
       <c r="T5" s="4"/>
       <c r="U5" s="4"/>
       <c r="V5" s="4"/>
       <c r="W5" s="4"/>
       <c r="X5" s="4"/>
       <c r="Y5" s="4"/>
       <c r="Z5" s="4"/>
       <c r="AA5" s="4"/>
       <c r="AB5" s="4"/>
       <c r="AC5" s="4"/>
       <c r="AD5" s="4"/>
       <c r="AE5" s="4"/>
       <c r="AF5" s="4"/>
       <c r="AG5" s="4"/>
       <c r="AH5" s="4"/>
       <c r="AI5" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="AJ5" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="AK5" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AL5" s="4" t="s">
         <v>74</v>
-      </c>
-[...7 lines deleted...]
-        <v>73</v>
       </c>
       <c r="AM5" s="4"/>
       <c r="AN5" s="4"/>
       <c r="AO5" s="4"/>
       <c r="AP5" s="4"/>
       <c r="AQ5" s="4"/>
+    </row>
+    <row r="6" spans="1:46">
+      <c r="A6" s="4"/>
+      <c r="B6" s="4"/>
+      <c r="C6" s="4"/>
+      <c r="D6" s="4"/>
+      <c r="E6" s="4"/>
+      <c r="F6" s="4"/>
+      <c r="G6" s="4"/>
+      <c r="H6" s="4"/>
+      <c r="I6" s="4"/>
+      <c r="J6" s="4"/>
+      <c r="K6" s="4"/>
+      <c r="L6" s="4"/>
+      <c r="M6" s="4"/>
+      <c r="N6" s="4"/>
+      <c r="O6" s="4"/>
+      <c r="P6" s="4"/>
+      <c r="Q6" s="4"/>
+      <c r="R6" s="4"/>
+      <c r="S6" s="4"/>
+      <c r="T6" s="4"/>
+      <c r="U6" s="4"/>
+      <c r="V6" s="4"/>
+      <c r="W6" s="4"/>
+      <c r="X6" s="4"/>
+      <c r="Y6" s="4"/>
+      <c r="Z6" s="4"/>
+      <c r="AA6" s="4"/>
+      <c r="AB6" s="4"/>
+      <c r="AC6" s="4"/>
+      <c r="AD6" s="4"/>
+      <c r="AE6" s="4"/>
+      <c r="AF6" s="4"/>
+      <c r="AG6" s="4"/>
+      <c r="AH6" s="4"/>
+      <c r="AI6" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ6" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="AK6" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AL6" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="AM6" s="4"/>
+      <c r="AN6" s="4"/>
+      <c r="AO6" s="4"/>
+      <c r="AP6" s="4"/>
+      <c r="AQ6" s="4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:S1"/>
     <mergeCell ref="T1:U1"/>
     <mergeCell ref="V1:Y1"/>
     <mergeCell ref="Z1:AH1"/>
     <mergeCell ref="AI1:AL1"/>
     <mergeCell ref="AM1:AQ1"/>
-    <mergeCell ref="B4:B5"/>
-[...31 lines deleted...]
-    <mergeCell ref="A3:A5"/>
+    <mergeCell ref="B4:B6"/>
+    <mergeCell ref="C4:C6"/>
+    <mergeCell ref="D4:D6"/>
+    <mergeCell ref="E4:E6"/>
+    <mergeCell ref="F4:F6"/>
+    <mergeCell ref="G4:G6"/>
+    <mergeCell ref="H4:H6"/>
+    <mergeCell ref="I4:I6"/>
+    <mergeCell ref="J4:J6"/>
+    <mergeCell ref="K4:K6"/>
+    <mergeCell ref="L4:L6"/>
+    <mergeCell ref="M4:M6"/>
+    <mergeCell ref="N4:N6"/>
+    <mergeCell ref="O4:O6"/>
+    <mergeCell ref="P4:P6"/>
+    <mergeCell ref="Q4:Q6"/>
+    <mergeCell ref="R4:R6"/>
+    <mergeCell ref="S4:S6"/>
+    <mergeCell ref="T4:T6"/>
+    <mergeCell ref="U4:U6"/>
+    <mergeCell ref="V4:V6"/>
+    <mergeCell ref="W4:W6"/>
+    <mergeCell ref="X4:X6"/>
+    <mergeCell ref="Y4:Y6"/>
+    <mergeCell ref="Z4:Z6"/>
+    <mergeCell ref="AA4:AA6"/>
+    <mergeCell ref="AB4:AB6"/>
+    <mergeCell ref="AM4:AM6"/>
+    <mergeCell ref="AN4:AN6"/>
+    <mergeCell ref="AO4:AO6"/>
+    <mergeCell ref="AP4:AP6"/>
+    <mergeCell ref="AQ4:AQ6"/>
+    <mergeCell ref="A3:A6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>