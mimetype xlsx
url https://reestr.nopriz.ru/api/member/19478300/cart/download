--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Сведения о СРО</t>
   </si>
   <si>
     <t>Сведения о члене саморегулируемой организации</t>
   </si>
   <si>
     <t>Размер обязательств</t>
   </si>
   <si>
     <t>Сведения о КФ</t>
   </si>
   <si>
     <t>Сведения о наличии права</t>
   </si>
   <si>
     <t>Сведения о проверках</t>
   </si>
   <si>
     <t>Сведения об обеспечении имущественной ответственности</t>
   </si>
   <si>
     <t>Полное и (в случае, если имеется) сокращенное наименование саморегулируемой организации, основной государственный регистрационный номер записи о государственной регистрации юридического лица, идентификационный номер налогоплательщика, регистрационный номер в государственном реестре саморегулируемых организаций, адрес места нахождения, адрес официального сайта в информационно-телекоммуникационной сети "Интернет", адрес электронной почты, контактный телефон</t>
   </si>
   <si>
@@ -193,87 +193,93 @@
 ОГРН:1093800000337;
 Адрес местонахождения:664047, г. Иркутск, ул. Байкальская, д. 105А, офис 704;
 Телефон:(3952) 48-55-10;
 Email:srobrp@mail.ru;
 Адрес сайта:https://www.srobrp.ru/</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Акционерное общество "Сибирский Проектный Институт"</t>
   </si>
   <si>
     <t>АО "СИПИ"</t>
   </si>
   <si>
     <t>0337-2020-3811470958-П-46</t>
   </si>
   <si>
     <t>26.10.2020</t>
   </si>
   <si>
     <t>08.10.2020</t>
   </si>
   <si>
-    <t>Является членом</t>
+    <t>Исключен</t>
+  </si>
+  <si>
+    <t>22.01.2026</t>
+  </si>
+  <si>
+    <t>Заявление о добровольном выходе Протокол Правления № 386 от 22.01.2026</t>
   </si>
   <si>
     <t>1203800021150</t>
   </si>
   <si>
     <t>3811470958</t>
   </si>
   <si>
     <t>+7(3952)500-171</t>
   </si>
   <si>
     <t>664047, Россия, Иркутская область, Иркутск, Байкальская, 105, А, 2411</t>
   </si>
   <si>
     <t>Генеральный директор Попов Андрей Иннокентьевич</t>
   </si>
   <si>
-    <t>Соответствует</t>
+    <t>Не соответствует</t>
   </si>
   <si>
     <t>01.03.2025</t>
   </si>
   <si>
     <t>Протокол Правления № 246 от 26.10.2020</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
-    <t>Действует</t>
+    <t>Прекращено</t>
   </si>
   <si>
     <t>Второй уровень ответственности</t>
   </si>
   <si>
     <t>24.11.2023</t>
   </si>
   <si>
     <t>Плановая</t>
   </si>
   <si>
     <t>Нарушений не имеется</t>
   </si>
   <si>
     <t>Не применялись</t>
   </si>
   <si>
     <t>05.10.2021</t>
   </si>
   <si>
     <t>Применялись</t>
   </si>
   <si>
     <t>26.10.2022</t>
   </si>
@@ -958,235 +964,239 @@
       <c r="AQ3" s="4"/>
     </row>
     <row r="4" spans="1:46">
       <c r="A4" s="4"/>
       <c r="B4" s="6">
         <v>1</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>52</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>54</v>
       </c>
       <c r="F4" s="8" t="s">
         <v>55</v>
       </c>
       <c r="G4" s="8" t="s">
         <v>56</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>57</v>
       </c>
-      <c r="I4" s="8"/>
-      <c r="J4" s="8"/>
+      <c r="I4" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="J4" s="8" t="s">
+        <v>59</v>
+      </c>
       <c r="K4" s="8" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="L4" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="M4" s="8" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="N4" s="8" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="O4" s="8" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="P4" s="8"/>
       <c r="Q4" s="8"/>
       <c r="R4" s="8" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="S4" s="8"/>
       <c r="T4" s="8">
         <v>18725194</v>
       </c>
       <c r="U4" s="8" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="V4" s="8">
         <v>50000.0</v>
       </c>
       <c r="W4" s="8">
         <v>350000.0</v>
       </c>
       <c r="X4" s="8" t="s">
         <v>55</v>
       </c>
       <c r="Y4" s="8" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="Z4" s="8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="AA4" s="8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="AB4" s="4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="AC4" s="4" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="AD4" s="4" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="AE4" s="4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="AF4" s="4" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="AG4" s="4" t="s">
         <v>55</v>
       </c>
       <c r="AH4" s="4" t="s">
         <v>55</v>
       </c>
       <c r="AI4" s="4" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="AJ4" s="4" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="AK4" s="4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AL4" s="4" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="AM4" s="4"/>
       <c r="AN4" s="4"/>
       <c r="AO4" s="4"/>
       <c r="AP4" s="4"/>
       <c r="AQ4" s="4"/>
     </row>
     <row r="5" spans="1:46">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
       <c r="P5" s="4"/>
       <c r="Q5" s="4"/>
       <c r="R5" s="4"/>
       <c r="S5" s="4"/>
       <c r="T5" s="4"/>
       <c r="U5" s="4"/>
       <c r="V5" s="4"/>
       <c r="W5" s="4"/>
       <c r="X5" s="4"/>
       <c r="Y5" s="4"/>
       <c r="Z5" s="4"/>
       <c r="AA5" s="4"/>
       <c r="AB5" s="4"/>
       <c r="AC5" s="4"/>
       <c r="AD5" s="4"/>
       <c r="AE5" s="4"/>
       <c r="AF5" s="4"/>
       <c r="AG5" s="4"/>
       <c r="AH5" s="4"/>
       <c r="AI5" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="AJ5" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="AK5" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="AJ5" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AL5" s="4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="AM5" s="4"/>
       <c r="AN5" s="4"/>
       <c r="AO5" s="4"/>
       <c r="AP5" s="4"/>
       <c r="AQ5" s="4"/>
     </row>
     <row r="6" spans="1:46">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="4"/>
       <c r="W6" s="4"/>
       <c r="X6" s="4"/>
       <c r="Y6" s="4"/>
       <c r="Z6" s="4"/>
       <c r="AA6" s="4"/>
       <c r="AB6" s="4"/>
       <c r="AC6" s="4"/>
       <c r="AD6" s="4"/>
       <c r="AE6" s="4"/>
       <c r="AF6" s="4"/>
       <c r="AG6" s="4"/>
       <c r="AH6" s="4"/>
       <c r="AI6" s="4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AJ6" s="4" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="AK6" s="4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AL6" s="4" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="AM6" s="4"/>
       <c r="AN6" s="4"/>
       <c r="AO6" s="4"/>
       <c r="AP6" s="4"/>
       <c r="AQ6" s="4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:S1"/>
     <mergeCell ref="T1:U1"/>
     <mergeCell ref="V1:Y1"/>
     <mergeCell ref="Z1:AH1"/>
     <mergeCell ref="AI1:AL1"/>
     <mergeCell ref="AM1:AQ1"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="C4:C6"/>
     <mergeCell ref="D4:D6"/>
     <mergeCell ref="E4:E6"/>
     <mergeCell ref="F4:F6"/>
     <mergeCell ref="G4:G6"/>
     <mergeCell ref="H4:H6"/>
     <mergeCell ref="I4:I6"/>
     <mergeCell ref="J4:J6"/>