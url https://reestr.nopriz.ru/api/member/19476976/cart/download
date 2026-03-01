--- v0 (2025-12-13)
+++ v1 (2026-03-01)
@@ -229,105 +229,105 @@
   <si>
     <t>664007, Россия, Иркутская область, Иркутск, Поленова, 1/1, 502</t>
   </si>
   <si>
     <t>Генеральный директор Третьяков Евгений Антонович</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
     <t>Протокол Правления № 6 от 28.05.2009</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Второй уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
+    <t>11.04.2011</t>
+  </si>
+  <si>
+    <t>Плановая</t>
+  </si>
+  <si>
+    <t>Нарушений не имеется</t>
+  </si>
+  <si>
+    <t>Не применялись</t>
+  </si>
+  <si>
     <t>24.03.2025</t>
   </si>
   <si>
-    <t>Плановая</t>
-[...4 lines deleted...]
-  <si>
     <t>Применялись</t>
   </si>
   <si>
     <t>05.02.2013</t>
   </si>
   <si>
-    <t>Не применялись</t>
-[...1 lines deleted...]
-  <si>
     <t>08.02.2016</t>
   </si>
   <si>
     <t>28.12.2009</t>
   </si>
   <si>
     <t>Внеплановая</t>
   </si>
   <si>
     <t>03.02.2014</t>
   </si>
   <si>
     <t>20.06.2022</t>
   </si>
   <si>
     <t>20.05.2019</t>
   </si>
   <si>
     <t>06.02.2017</t>
   </si>
   <si>
     <t>18.06.2021</t>
   </si>
   <si>
     <t>03.02.2015</t>
   </si>
   <si>
     <t>15.02.2012</t>
   </si>
   <si>
     <t>31.05.2018</t>
   </si>
   <si>
     <t>15.10.2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>11.04.2011</t>
   </si>
   <si>
     <t>30 000 000</t>
   </si>
   <si>
     <t>ОАО "АльфаСтрахование"</t>
   </si>
   <si>
     <t>115162, г. Москва, ул. Шаболовка, 31</t>
   </si>
   <si>
     <t>+7(495)788-09-99</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1225,110 +1225,110 @@
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="P7" s="4"/>
       <c r="Q7" s="4"/>
       <c r="R7" s="4"/>
       <c r="S7" s="4"/>
       <c r="T7" s="4"/>
       <c r="U7" s="4"/>
       <c r="V7" s="4"/>
       <c r="W7" s="4"/>
       <c r="X7" s="4"/>
       <c r="Y7" s="4"/>
       <c r="Z7" s="4"/>
       <c r="AA7" s="4"/>
       <c r="AB7" s="4"/>
       <c r="AC7" s="4"/>
       <c r="AD7" s="4"/>
       <c r="AE7" s="4"/>
       <c r="AF7" s="4"/>
       <c r="AG7" s="4"/>
       <c r="AH7" s="4"/>
       <c r="AI7" s="4" t="s">
         <v>76</v>
       </c>
       <c r="AJ7" s="4" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="AK7" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AL7" s="4" t="s">
         <v>74</v>
       </c>
       <c r="AM7" s="4"/>
       <c r="AN7" s="4"/>
       <c r="AO7" s="4"/>
       <c r="AP7" s="4"/>
       <c r="AQ7" s="4"/>
     </row>
     <row r="8" spans="1:46">
       <c r="A8" s="4"/>
       <c r="B8" s="4"/>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
       <c r="M8" s="4"/>
       <c r="N8" s="4"/>
       <c r="O8" s="4"/>
       <c r="P8" s="4"/>
       <c r="Q8" s="4"/>
       <c r="R8" s="4"/>
       <c r="S8" s="4"/>
       <c r="T8" s="4"/>
       <c r="U8" s="4"/>
       <c r="V8" s="4"/>
       <c r="W8" s="4"/>
       <c r="X8" s="4"/>
       <c r="Y8" s="4"/>
       <c r="Z8" s="4"/>
       <c r="AA8" s="4"/>
       <c r="AB8" s="4"/>
       <c r="AC8" s="4"/>
       <c r="AD8" s="4"/>
       <c r="AE8" s="4"/>
       <c r="AF8" s="4"/>
       <c r="AG8" s="4"/>
       <c r="AH8" s="4"/>
       <c r="AI8" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="AJ8" s="4" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="AK8" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AL8" s="4" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="AM8" s="4"/>
       <c r="AN8" s="4"/>
       <c r="AO8" s="4"/>
       <c r="AP8" s="4"/>
       <c r="AQ8" s="4"/>
     </row>
     <row r="9" spans="1:46">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
@@ -1337,51 +1337,51 @@
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
       <c r="Z9" s="4"/>
       <c r="AA9" s="4"/>
       <c r="AB9" s="4"/>
       <c r="AC9" s="4"/>
       <c r="AD9" s="4"/>
       <c r="AE9" s="4"/>
       <c r="AF9" s="4"/>
       <c r="AG9" s="4"/>
       <c r="AH9" s="4"/>
       <c r="AI9" s="4" t="s">
         <v>79</v>
       </c>
       <c r="AJ9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="AK9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AL9" s="4" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="AM9" s="4"/>
       <c r="AN9" s="4"/>
       <c r="AO9" s="4"/>
       <c r="AP9" s="4"/>
       <c r="AQ9" s="4"/>
     </row>
     <row r="10" spans="1:46">
       <c r="A10" s="4"/>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
       <c r="M10" s="4"/>
       <c r="N10" s="4"/>
       <c r="O10" s="4"/>
       <c r="P10" s="4"/>
       <c r="Q10" s="4"/>
@@ -1443,51 +1443,51 @@
       <c r="T11" s="4"/>
       <c r="U11" s="4"/>
       <c r="V11" s="4"/>
       <c r="W11" s="4"/>
       <c r="X11" s="4"/>
       <c r="Y11" s="4"/>
       <c r="Z11" s="4"/>
       <c r="AA11" s="4"/>
       <c r="AB11" s="4"/>
       <c r="AC11" s="4"/>
       <c r="AD11" s="4"/>
       <c r="AE11" s="4"/>
       <c r="AF11" s="4"/>
       <c r="AG11" s="4"/>
       <c r="AH11" s="4"/>
       <c r="AI11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="AJ11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="AK11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AL11" s="4" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="AM11" s="4"/>
       <c r="AN11" s="4"/>
       <c r="AO11" s="4"/>
       <c r="AP11" s="4"/>
       <c r="AQ11" s="4"/>
     </row>
     <row r="12" spans="1:46">
       <c r="A12" s="4"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
       <c r="M12" s="4"/>
       <c r="N12" s="4"/>
       <c r="O12" s="4"/>
       <c r="P12" s="4"/>
       <c r="Q12" s="4"/>
@@ -1496,51 +1496,51 @@
       <c r="T12" s="4"/>
       <c r="U12" s="4"/>
       <c r="V12" s="4"/>
       <c r="W12" s="4"/>
       <c r="X12" s="4"/>
       <c r="Y12" s="4"/>
       <c r="Z12" s="4"/>
       <c r="AA12" s="4"/>
       <c r="AB12" s="4"/>
       <c r="AC12" s="4"/>
       <c r="AD12" s="4"/>
       <c r="AE12" s="4"/>
       <c r="AF12" s="4"/>
       <c r="AG12" s="4"/>
       <c r="AH12" s="4"/>
       <c r="AI12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="AJ12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="AK12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AL12" s="4" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="AM12" s="4"/>
       <c r="AN12" s="4"/>
       <c r="AO12" s="4"/>
       <c r="AP12" s="4"/>
       <c r="AQ12" s="4"/>
     </row>
     <row r="13" spans="1:46">
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
       <c r="M13" s="4"/>
       <c r="N13" s="4"/>
       <c r="O13" s="4"/>
       <c r="P13" s="4"/>
       <c r="Q13" s="4"/>
@@ -1602,51 +1602,51 @@
       <c r="T14" s="4"/>
       <c r="U14" s="4"/>
       <c r="V14" s="4"/>
       <c r="W14" s="4"/>
       <c r="X14" s="4"/>
       <c r="Y14" s="4"/>
       <c r="Z14" s="4"/>
       <c r="AA14" s="4"/>
       <c r="AB14" s="4"/>
       <c r="AC14" s="4"/>
       <c r="AD14" s="4"/>
       <c r="AE14" s="4"/>
       <c r="AF14" s="4"/>
       <c r="AG14" s="4"/>
       <c r="AH14" s="4"/>
       <c r="AI14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="AJ14" s="4" t="s">
         <v>70</v>
       </c>
       <c r="AK14" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AL14" s="4" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="AM14" s="4"/>
       <c r="AN14" s="4"/>
       <c r="AO14" s="4"/>
       <c r="AP14" s="4"/>
       <c r="AQ14" s="4"/>
     </row>
     <row r="15" spans="1:46">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
       <c r="M15" s="4"/>
       <c r="N15" s="4"/>
       <c r="O15" s="4"/>
       <c r="P15" s="4"/>
       <c r="Q15" s="4"/>
@@ -1708,51 +1708,51 @@
       <c r="T16" s="4"/>
       <c r="U16" s="4"/>
       <c r="V16" s="4"/>
       <c r="W16" s="4"/>
       <c r="X16" s="4"/>
       <c r="Y16" s="4"/>
       <c r="Z16" s="4"/>
       <c r="AA16" s="4"/>
       <c r="AB16" s="4"/>
       <c r="AC16" s="4"/>
       <c r="AD16" s="4"/>
       <c r="AE16" s="4"/>
       <c r="AF16" s="4"/>
       <c r="AG16" s="4"/>
       <c r="AH16" s="4"/>
       <c r="AI16" s="4" t="s">
         <v>86</v>
       </c>
       <c r="AJ16" s="4" t="s">
         <v>70</v>
       </c>
       <c r="AK16" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AL16" s="4" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="AM16" s="4"/>
       <c r="AN16" s="4"/>
       <c r="AO16" s="4"/>
       <c r="AP16" s="4"/>
       <c r="AQ16" s="4"/>
     </row>
     <row r="17" spans="1:46">
       <c r="A17" s="4"/>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
       <c r="I17" s="4"/>
       <c r="J17" s="4"/>
       <c r="K17" s="4"/>
       <c r="L17" s="4"/>
       <c r="M17" s="4"/>
       <c r="N17" s="4"/>
       <c r="O17" s="4"/>
       <c r="P17" s="4"/>
       <c r="Q17" s="4"/>