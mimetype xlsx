--- v0 (2025-12-07)
+++ v1 (2026-02-27)
@@ -235,102 +235,102 @@
   <si>
     <t>Соответствует</t>
   </si>
   <si>
     <t>01.03.2025</t>
   </si>
   <si>
     <t>28.05.2009 Протокол Правления № 6</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>01.07.2017</t>
   </si>
   <si>
+    <t>03.09.2021</t>
+  </si>
+  <si>
+    <t>Плановая</t>
+  </si>
+  <si>
+    <t>Нарушений не имеется</t>
+  </si>
+  <si>
+    <t>Не применялись</t>
+  </si>
+  <si>
+    <t>28.08.2013</t>
+  </si>
+  <si>
+    <t>24.08.2016</t>
+  </si>
+  <si>
+    <t>Применялись</t>
+  </si>
+  <si>
     <t>06.06.2025</t>
   </si>
   <si>
-    <t>Плановая</t>
-[...7 lines deleted...]
-  <si>
     <t>31.08.2015</t>
   </si>
   <si>
     <t>28.08.2014</t>
   </si>
   <si>
     <t>03.12.2020</t>
   </si>
   <si>
-    <t>Не применялись</t>
-[...1 lines deleted...]
-  <si>
     <t>06.08.2018</t>
   </si>
   <si>
     <t>18.09.2017</t>
   </si>
   <si>
     <t>25.09.2019</t>
   </si>
   <si>
     <t>25.11.2011</t>
   </si>
   <si>
     <t>21.12.2009</t>
   </si>
   <si>
     <t>Внеплановая</t>
   </si>
   <si>
     <t>05.09.2022</t>
-  </si>
-[...7 lines deleted...]
-    <t>03.09.2021</t>
   </si>
   <si>
     <t>30 000 000</t>
   </si>
   <si>
     <t>ОАО "АльфаСтрахование"</t>
   </si>
   <si>
     <t>115162, г. Москва, ул. Шаболовка, 31</t>
   </si>
   <si>
     <t>+7(495)788-09-99</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1195,104 +1195,104 @@
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="4"/>
       <c r="W6" s="4"/>
       <c r="X6" s="4"/>
       <c r="Y6" s="4"/>
       <c r="Z6" s="4"/>
       <c r="AA6" s="4"/>
       <c r="AB6" s="4"/>
       <c r="AC6" s="4"/>
       <c r="AD6" s="4"/>
       <c r="AE6" s="4"/>
       <c r="AF6" s="4"/>
       <c r="AG6" s="4"/>
       <c r="AH6" s="4"/>
       <c r="AI6" s="4" t="s">
         <v>76</v>
       </c>
       <c r="AJ6" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK6" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL6" s="4" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="AM6" s="4"/>
       <c r="AN6" s="4"/>
       <c r="AO6" s="4"/>
       <c r="AP6" s="4"/>
       <c r="AQ6" s="4"/>
     </row>
     <row r="7" spans="1:46">
       <c r="A7" s="4"/>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="P7" s="4"/>
       <c r="Q7" s="4"/>
       <c r="R7" s="4"/>
       <c r="S7" s="4"/>
       <c r="T7" s="4"/>
       <c r="U7" s="4"/>
       <c r="V7" s="4"/>
       <c r="W7" s="4"/>
       <c r="X7" s="4"/>
       <c r="Y7" s="4"/>
       <c r="Z7" s="4"/>
       <c r="AA7" s="4"/>
       <c r="AB7" s="4"/>
       <c r="AC7" s="4"/>
       <c r="AD7" s="4"/>
       <c r="AE7" s="4"/>
       <c r="AF7" s="4"/>
       <c r="AG7" s="4"/>
       <c r="AH7" s="4"/>
       <c r="AI7" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AJ7" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK7" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL7" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AM7" s="4"/>
       <c r="AN7" s="4"/>
       <c r="AO7" s="4"/>
       <c r="AP7" s="4"/>
       <c r="AQ7" s="4"/>
     </row>
     <row r="8" spans="1:46">
       <c r="A8" s="4"/>
       <c r="B8" s="4"/>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
       <c r="M8" s="4"/>
       <c r="N8" s="4"/>
       <c r="O8" s="4"/>
       <c r="P8" s="4"/>
       <c r="Q8" s="4"/>
@@ -1301,51 +1301,51 @@
       <c r="T8" s="4"/>
       <c r="U8" s="4"/>
       <c r="V8" s="4"/>
       <c r="W8" s="4"/>
       <c r="X8" s="4"/>
       <c r="Y8" s="4"/>
       <c r="Z8" s="4"/>
       <c r="AA8" s="4"/>
       <c r="AB8" s="4"/>
       <c r="AC8" s="4"/>
       <c r="AD8" s="4"/>
       <c r="AE8" s="4"/>
       <c r="AF8" s="4"/>
       <c r="AG8" s="4"/>
       <c r="AH8" s="4"/>
       <c r="AI8" s="4" t="s">
         <v>79</v>
       </c>
       <c r="AJ8" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK8" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL8" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AM8" s="4"/>
       <c r="AN8" s="4"/>
       <c r="AO8" s="4"/>
       <c r="AP8" s="4"/>
       <c r="AQ8" s="4"/>
     </row>
     <row r="9" spans="1:46">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
@@ -1354,51 +1354,51 @@
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
       <c r="Z9" s="4"/>
       <c r="AA9" s="4"/>
       <c r="AB9" s="4"/>
       <c r="AC9" s="4"/>
       <c r="AD9" s="4"/>
       <c r="AE9" s="4"/>
       <c r="AF9" s="4"/>
       <c r="AG9" s="4"/>
       <c r="AH9" s="4"/>
       <c r="AI9" s="4" t="s">
         <v>80</v>
       </c>
       <c r="AJ9" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK9" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL9" s="4" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="AM9" s="4"/>
       <c r="AN9" s="4"/>
       <c r="AO9" s="4"/>
       <c r="AP9" s="4"/>
       <c r="AQ9" s="4"/>
     </row>
     <row r="10" spans="1:46">
       <c r="A10" s="4"/>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
       <c r="M10" s="4"/>
       <c r="N10" s="4"/>
       <c r="O10" s="4"/>
       <c r="P10" s="4"/>
       <c r="Q10" s="4"/>
@@ -1460,201 +1460,201 @@
       <c r="T11" s="4"/>
       <c r="U11" s="4"/>
       <c r="V11" s="4"/>
       <c r="W11" s="4"/>
       <c r="X11" s="4"/>
       <c r="Y11" s="4"/>
       <c r="Z11" s="4"/>
       <c r="AA11" s="4"/>
       <c r="AB11" s="4"/>
       <c r="AC11" s="4"/>
       <c r="AD11" s="4"/>
       <c r="AE11" s="4"/>
       <c r="AF11" s="4"/>
       <c r="AG11" s="4"/>
       <c r="AH11" s="4"/>
       <c r="AI11" s="4" t="s">
         <v>82</v>
       </c>
       <c r="AJ11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL11" s="4" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="AM11" s="4"/>
       <c r="AN11" s="4"/>
       <c r="AO11" s="4"/>
       <c r="AP11" s="4"/>
       <c r="AQ11" s="4"/>
     </row>
     <row r="12" spans="1:46">
       <c r="A12" s="4"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
       <c r="M12" s="4"/>
       <c r="N12" s="4"/>
       <c r="O12" s="4"/>
       <c r="P12" s="4"/>
       <c r="Q12" s="4"/>
       <c r="R12" s="4"/>
       <c r="S12" s="4"/>
       <c r="T12" s="4"/>
       <c r="U12" s="4"/>
       <c r="V12" s="4"/>
       <c r="W12" s="4"/>
       <c r="X12" s="4"/>
       <c r="Y12" s="4"/>
       <c r="Z12" s="4"/>
       <c r="AA12" s="4"/>
       <c r="AB12" s="4"/>
       <c r="AC12" s="4"/>
       <c r="AD12" s="4"/>
       <c r="AE12" s="4"/>
       <c r="AF12" s="4"/>
       <c r="AG12" s="4"/>
       <c r="AH12" s="4"/>
       <c r="AI12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="AJ12" s="4" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
       <c r="AK12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL12" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AM12" s="4"/>
       <c r="AN12" s="4"/>
       <c r="AO12" s="4"/>
       <c r="AP12" s="4"/>
       <c r="AQ12" s="4"/>
     </row>
     <row r="13" spans="1:46">
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
       <c r="M13" s="4"/>
       <c r="N13" s="4"/>
       <c r="O13" s="4"/>
       <c r="P13" s="4"/>
       <c r="Q13" s="4"/>
       <c r="R13" s="4"/>
       <c r="S13" s="4"/>
       <c r="T13" s="4"/>
       <c r="U13" s="4"/>
       <c r="V13" s="4"/>
       <c r="W13" s="4"/>
       <c r="X13" s="4"/>
       <c r="Y13" s="4"/>
       <c r="Z13" s="4"/>
       <c r="AA13" s="4"/>
       <c r="AB13" s="4"/>
       <c r="AC13" s="4"/>
       <c r="AD13" s="4"/>
       <c r="AE13" s="4"/>
       <c r="AF13" s="4"/>
       <c r="AG13" s="4"/>
       <c r="AH13" s="4"/>
       <c r="AI13" s="4" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="AJ13" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL13" s="4" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="AM13" s="4"/>
       <c r="AN13" s="4"/>
       <c r="AO13" s="4"/>
       <c r="AP13" s="4"/>
       <c r="AQ13" s="4"/>
     </row>
     <row r="14" spans="1:46">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
       <c r="M14" s="4"/>
       <c r="N14" s="4"/>
       <c r="O14" s="4"/>
       <c r="P14" s="4"/>
       <c r="Q14" s="4"/>
       <c r="R14" s="4"/>
       <c r="S14" s="4"/>
       <c r="T14" s="4"/>
       <c r="U14" s="4"/>
       <c r="V14" s="4"/>
       <c r="W14" s="4"/>
       <c r="X14" s="4"/>
       <c r="Y14" s="4"/>
       <c r="Z14" s="4"/>
       <c r="AA14" s="4"/>
       <c r="AB14" s="4"/>
       <c r="AC14" s="4"/>
       <c r="AD14" s="4"/>
       <c r="AE14" s="4"/>
       <c r="AF14" s="4"/>
       <c r="AG14" s="4"/>
       <c r="AH14" s="4"/>
       <c r="AI14" s="4" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="AJ14" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL14" s="4" t="s">
         <v>74</v>
       </c>
       <c r="AM14" s="4"/>
       <c r="AN14" s="4"/>
       <c r="AO14" s="4"/>
       <c r="AP14" s="4"/>
       <c r="AQ14" s="4"/>
     </row>
     <row r="15" spans="1:46">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
@@ -1663,60 +1663,60 @@
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
       <c r="M15" s="4"/>
       <c r="N15" s="4"/>
       <c r="O15" s="4"/>
       <c r="P15" s="4"/>
       <c r="Q15" s="4"/>
       <c r="R15" s="4"/>
       <c r="S15" s="4"/>
       <c r="T15" s="4"/>
       <c r="U15" s="4"/>
       <c r="V15" s="4"/>
       <c r="W15" s="4"/>
       <c r="X15" s="4"/>
       <c r="Y15" s="4"/>
       <c r="Z15" s="4"/>
       <c r="AA15" s="4"/>
       <c r="AB15" s="4"/>
       <c r="AC15" s="4"/>
       <c r="AD15" s="4"/>
       <c r="AE15" s="4"/>
       <c r="AF15" s="4"/>
       <c r="AG15" s="4"/>
       <c r="AH15" s="4"/>
       <c r="AI15" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="AJ15" s="4" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="AK15" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL15" s="4" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="AM15" s="4"/>
       <c r="AN15" s="4"/>
       <c r="AO15" s="4"/>
       <c r="AP15" s="4"/>
       <c r="AQ15" s="4"/>
     </row>
     <row r="16" spans="1:46">
       <c r="A16" s="4"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="4"/>
       <c r="K16" s="4"/>
       <c r="L16" s="4"/>
       <c r="M16" s="4"/>
       <c r="N16" s="4"/>
       <c r="O16" s="4"/>
       <c r="P16" s="4"/>
       <c r="Q16" s="4"/>
@@ -1725,51 +1725,51 @@
       <c r="T16" s="4"/>
       <c r="U16" s="4"/>
       <c r="V16" s="4"/>
       <c r="W16" s="4"/>
       <c r="X16" s="4"/>
       <c r="Y16" s="4"/>
       <c r="Z16" s="4"/>
       <c r="AA16" s="4"/>
       <c r="AB16" s="4"/>
       <c r="AC16" s="4"/>
       <c r="AD16" s="4"/>
       <c r="AE16" s="4"/>
       <c r="AF16" s="4"/>
       <c r="AG16" s="4"/>
       <c r="AH16" s="4"/>
       <c r="AI16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="AJ16" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK16" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL16" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AM16" s="4"/>
       <c r="AN16" s="4"/>
       <c r="AO16" s="4"/>
       <c r="AP16" s="4"/>
       <c r="AQ16" s="4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:S1"/>
     <mergeCell ref="T1:U1"/>
     <mergeCell ref="V1:Y1"/>
     <mergeCell ref="Z1:AH1"/>
     <mergeCell ref="AI1:AL1"/>
     <mergeCell ref="AM1:AQ1"/>
     <mergeCell ref="B4:B16"/>
     <mergeCell ref="C4:C16"/>
     <mergeCell ref="D4:D16"/>
     <mergeCell ref="E4:E16"/>
     <mergeCell ref="F4:F16"/>
     <mergeCell ref="G4:G16"/>
     <mergeCell ref="H4:H16"/>
     <mergeCell ref="I4:I16"/>
     <mergeCell ref="J4:J16"/>