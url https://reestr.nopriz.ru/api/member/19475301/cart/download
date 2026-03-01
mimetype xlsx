--- v0 (2025-12-13)
+++ v1 (2026-03-01)
@@ -238,96 +238,96 @@
   <si>
     <t>АО «Ирмет» (ИНН 3811053048, ОГРН 1023801534041)</t>
   </si>
   <si>
     <t>01.03.2025</t>
   </si>
   <si>
     <t>17.05.2019 Протокол Правления №205</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Третий уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>Второй уровень ответственности</t>
   </si>
   <si>
+    <t>15.10.2020</t>
+  </si>
+  <si>
+    <t>Плановая</t>
+  </si>
+  <si>
+    <t>Нарушений не имеется</t>
+  </si>
+  <si>
+    <t>Не применялись</t>
+  </si>
+  <si>
     <t>06.10.2025</t>
   </si>
   <si>
-    <t>Плановая</t>
-[...7 lines deleted...]
-  <si>
     <t>07.06.2011</t>
   </si>
   <si>
     <t>Применялись</t>
   </si>
   <si>
     <t>06.06.2012</t>
   </si>
   <si>
     <t>18.10.2022</t>
   </si>
   <si>
     <t>11.10.2021</t>
   </si>
   <si>
     <t>16.05.2014</t>
   </si>
   <si>
     <t>13.05.2015</t>
   </si>
   <si>
     <t>30.11.2009</t>
   </si>
   <si>
     <t>Внеплановая</t>
   </si>
   <si>
     <t>17.05.2016</t>
   </si>
   <si>
     <t>18.07.2013</t>
-  </si>
-[...1 lines deleted...]
-    <t>15.10.2020</t>
   </si>
   <si>
     <t>22.10.2019</t>
   </si>
   <si>
     <t>18.10.2018</t>
   </si>
   <si>
     <t>15.05.2017</t>
   </si>
   <si>
     <t>30 000 000</t>
   </si>
   <si>
     <t>ОАО "АльфаСтрахование"</t>
   </si>
   <si>
     <t>115162, г. Москва, ул. Шаболовка, 31</t>
   </si>
   <si>
     <t>+7(495)788-09-99</t>
   </si>
 </sst>
 </file>
 
@@ -1150,104 +1150,104 @@
       <c r="T5" s="4"/>
       <c r="U5" s="4"/>
       <c r="V5" s="4"/>
       <c r="W5" s="4"/>
       <c r="X5" s="4"/>
       <c r="Y5" s="4"/>
       <c r="Z5" s="4"/>
       <c r="AA5" s="4"/>
       <c r="AB5" s="4"/>
       <c r="AC5" s="4"/>
       <c r="AD5" s="4"/>
       <c r="AE5" s="4"/>
       <c r="AF5" s="4"/>
       <c r="AG5" s="4"/>
       <c r="AH5" s="4"/>
       <c r="AI5" s="4" t="s">
         <v>76</v>
       </c>
       <c r="AJ5" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AK5" s="4" t="s">
         <v>74</v>
       </c>
       <c r="AL5" s="4" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="AM5" s="4"/>
       <c r="AN5" s="4"/>
       <c r="AO5" s="4"/>
       <c r="AP5" s="4"/>
       <c r="AQ5" s="4"/>
     </row>
     <row r="6" spans="1:46">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="4"/>
       <c r="W6" s="4"/>
       <c r="X6" s="4"/>
       <c r="Y6" s="4"/>
       <c r="Z6" s="4"/>
       <c r="AA6" s="4"/>
       <c r="AB6" s="4"/>
       <c r="AC6" s="4"/>
       <c r="AD6" s="4"/>
       <c r="AE6" s="4"/>
       <c r="AF6" s="4"/>
       <c r="AG6" s="4"/>
       <c r="AH6" s="4"/>
       <c r="AI6" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AJ6" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AK6" s="4" t="s">
         <v>74</v>
       </c>
       <c r="AL6" s="4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="AM6" s="4"/>
       <c r="AN6" s="4"/>
       <c r="AO6" s="4"/>
       <c r="AP6" s="4"/>
       <c r="AQ6" s="4"/>
     </row>
     <row r="7" spans="1:46">
       <c r="A7" s="4"/>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="P7" s="4"/>
       <c r="Q7" s="4"/>
@@ -1415,157 +1415,157 @@
       <c r="T10" s="4"/>
       <c r="U10" s="4"/>
       <c r="V10" s="4"/>
       <c r="W10" s="4"/>
       <c r="X10" s="4"/>
       <c r="Y10" s="4"/>
       <c r="Z10" s="4"/>
       <c r="AA10" s="4"/>
       <c r="AB10" s="4"/>
       <c r="AC10" s="4"/>
       <c r="AD10" s="4"/>
       <c r="AE10" s="4"/>
       <c r="AF10" s="4"/>
       <c r="AG10" s="4"/>
       <c r="AH10" s="4"/>
       <c r="AI10" s="4" t="s">
         <v>82</v>
       </c>
       <c r="AJ10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AK10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="AL10" s="4" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="AM10" s="4"/>
       <c r="AN10" s="4"/>
       <c r="AO10" s="4"/>
       <c r="AP10" s="4"/>
       <c r="AQ10" s="4"/>
     </row>
     <row r="11" spans="1:46">
       <c r="A11" s="4"/>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="4"/>
       <c r="N11" s="4"/>
       <c r="O11" s="4"/>
       <c r="P11" s="4"/>
       <c r="Q11" s="4"/>
       <c r="R11" s="4"/>
       <c r="S11" s="4"/>
       <c r="T11" s="4"/>
       <c r="U11" s="4"/>
       <c r="V11" s="4"/>
       <c r="W11" s="4"/>
       <c r="X11" s="4"/>
       <c r="Y11" s="4"/>
       <c r="Z11" s="4"/>
       <c r="AA11" s="4"/>
       <c r="AB11" s="4"/>
       <c r="AC11" s="4"/>
       <c r="AD11" s="4"/>
       <c r="AE11" s="4"/>
       <c r="AF11" s="4"/>
       <c r="AG11" s="4"/>
       <c r="AH11" s="4"/>
       <c r="AI11" s="4" t="s">
         <v>83</v>
       </c>
       <c r="AJ11" s="4" t="s">
-        <v>84</v>
+        <v>73</v>
       </c>
       <c r="AK11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="AL11" s="4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="AM11" s="4"/>
       <c r="AN11" s="4"/>
       <c r="AO11" s="4"/>
       <c r="AP11" s="4"/>
       <c r="AQ11" s="4"/>
     </row>
     <row r="12" spans="1:46">
       <c r="A12" s="4"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
       <c r="M12" s="4"/>
       <c r="N12" s="4"/>
       <c r="O12" s="4"/>
       <c r="P12" s="4"/>
       <c r="Q12" s="4"/>
       <c r="R12" s="4"/>
       <c r="S12" s="4"/>
       <c r="T12" s="4"/>
       <c r="U12" s="4"/>
       <c r="V12" s="4"/>
       <c r="W12" s="4"/>
       <c r="X12" s="4"/>
       <c r="Y12" s="4"/>
       <c r="Z12" s="4"/>
       <c r="AA12" s="4"/>
       <c r="AB12" s="4"/>
       <c r="AC12" s="4"/>
       <c r="AD12" s="4"/>
       <c r="AE12" s="4"/>
       <c r="AF12" s="4"/>
       <c r="AG12" s="4"/>
       <c r="AH12" s="4"/>
       <c r="AI12" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="AJ12" s="4" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="AK12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="AL12" s="4" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="AM12" s="4"/>
       <c r="AN12" s="4"/>
       <c r="AO12" s="4"/>
       <c r="AP12" s="4"/>
       <c r="AQ12" s="4"/>
     </row>
     <row r="13" spans="1:46">
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
       <c r="M13" s="4"/>
       <c r="N13" s="4"/>
       <c r="O13" s="4"/>
       <c r="P13" s="4"/>
       <c r="Q13" s="4"/>
@@ -1574,51 +1574,51 @@
       <c r="T13" s="4"/>
       <c r="U13" s="4"/>
       <c r="V13" s="4"/>
       <c r="W13" s="4"/>
       <c r="X13" s="4"/>
       <c r="Y13" s="4"/>
       <c r="Z13" s="4"/>
       <c r="AA13" s="4"/>
       <c r="AB13" s="4"/>
       <c r="AC13" s="4"/>
       <c r="AD13" s="4"/>
       <c r="AE13" s="4"/>
       <c r="AF13" s="4"/>
       <c r="AG13" s="4"/>
       <c r="AH13" s="4"/>
       <c r="AI13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="AJ13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AK13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="AL13" s="4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="AM13" s="4"/>
       <c r="AN13" s="4"/>
       <c r="AO13" s="4"/>
       <c r="AP13" s="4"/>
       <c r="AQ13" s="4"/>
     </row>
     <row r="14" spans="1:46">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
       <c r="M14" s="4"/>
       <c r="N14" s="4"/>
       <c r="O14" s="4"/>
       <c r="P14" s="4"/>
       <c r="Q14" s="4"/>