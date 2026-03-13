--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -217,108 +217,108 @@
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1170327005640</t>
   </si>
   <si>
     <t>0326552938</t>
   </si>
   <si>
     <t>+7(3012) 46-11-95</t>
   </si>
   <si>
     <t>670034, Россия, Республика Бурятия, Улан-Удэ, проспект 50-летия Октября, 13</t>
   </si>
   <si>
     <t>Генеральный директор Можин Максим Владимирович</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
     <t>ООО «Бурятгражданпроект» (ИНН 0326039194)</t>
   </si>
   <si>
-    <t>01.03.2025</t>
+    <t>02.03.2026</t>
   </si>
   <si>
     <t>25.12.2019 Протокол Правления № 226</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
+    <t>15.03.2021</t>
+  </si>
+  <si>
+    <t>Плановая</t>
+  </si>
+  <si>
+    <t>Нарушений не имеется</t>
+  </si>
+  <si>
+    <t>Не применялись</t>
+  </si>
+  <si>
+    <t>16.05.2022</t>
+  </si>
+  <si>
+    <t>Применялись</t>
+  </si>
+  <si>
+    <t>28.03.2012</t>
+  </si>
+  <si>
+    <t>Внеплановая</t>
+  </si>
+  <si>
     <t>16.05.2025</t>
   </si>
   <si>
-    <t>Плановая</t>
-[...17 lines deleted...]
-    <t>Внеплановая</t>
+    <t>22.06.2018</t>
   </si>
   <si>
     <t>27.10.2017</t>
   </si>
   <si>
+    <t>17.06.2019</t>
+  </si>
+  <si>
     <t>02.06.2014</t>
   </si>
   <si>
     <t>26.10.2016</t>
-  </si>
-[...7 lines deleted...]
-    <t>17.06.2019</t>
   </si>
   <si>
     <t>15.06.2015</t>
   </si>
   <si>
     <t>03.06.2013</t>
   </si>
   <si>
     <t>30 000 000</t>
   </si>
   <si>
     <t>ОАО "АльфаСтрахование"</t>
   </si>
   <si>
     <t>115162, г. Москва, ул. Шаболовка, 31</t>
   </si>
   <si>
     <t>+7(495)788-09-99</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1403,51 +1403,51 @@
       <c r="T10" s="4"/>
       <c r="U10" s="4"/>
       <c r="V10" s="4"/>
       <c r="W10" s="4"/>
       <c r="X10" s="4"/>
       <c r="Y10" s="4"/>
       <c r="Z10" s="4"/>
       <c r="AA10" s="4"/>
       <c r="AB10" s="4"/>
       <c r="AC10" s="4"/>
       <c r="AD10" s="4"/>
       <c r="AE10" s="4"/>
       <c r="AF10" s="4"/>
       <c r="AG10" s="4"/>
       <c r="AH10" s="4"/>
       <c r="AI10" s="4" t="s">
         <v>82</v>
       </c>
       <c r="AJ10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL10" s="4" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="AM10" s="4"/>
       <c r="AN10" s="4"/>
       <c r="AO10" s="4"/>
       <c r="AP10" s="4"/>
       <c r="AQ10" s="4"/>
     </row>
     <row r="11" spans="1:46">
       <c r="A11" s="4"/>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="4"/>
       <c r="N11" s="4"/>
       <c r="O11" s="4"/>
       <c r="P11" s="4"/>
       <c r="Q11" s="4"/>
@@ -1456,51 +1456,51 @@
       <c r="T11" s="4"/>
       <c r="U11" s="4"/>
       <c r="V11" s="4"/>
       <c r="W11" s="4"/>
       <c r="X11" s="4"/>
       <c r="Y11" s="4"/>
       <c r="Z11" s="4"/>
       <c r="AA11" s="4"/>
       <c r="AB11" s="4"/>
       <c r="AC11" s="4"/>
       <c r="AD11" s="4"/>
       <c r="AE11" s="4"/>
       <c r="AF11" s="4"/>
       <c r="AG11" s="4"/>
       <c r="AH11" s="4"/>
       <c r="AI11" s="4" t="s">
         <v>83</v>
       </c>
       <c r="AJ11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL11" s="4" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="AM11" s="4"/>
       <c r="AN11" s="4"/>
       <c r="AO11" s="4"/>
       <c r="AP11" s="4"/>
       <c r="AQ11" s="4"/>
     </row>
     <row r="12" spans="1:46">
       <c r="A12" s="4"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
       <c r="M12" s="4"/>
       <c r="N12" s="4"/>
       <c r="O12" s="4"/>
       <c r="P12" s="4"/>
       <c r="Q12" s="4"/>