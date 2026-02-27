--- v0 (2025-12-13)
+++ v1 (2026-02-27)
@@ -205,51 +205,51 @@
   <si>
     <t>ООО "ГеоСтройСистема"</t>
   </si>
   <si>
     <t>0305-2019-3811442020-П-46</t>
   </si>
   <si>
     <t>31.01.2019</t>
   </si>
   <si>
     <t>26.12.2016</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1163850101260</t>
   </si>
   <si>
     <t>3811442020</t>
   </si>
   <si>
     <t>+7 (3952) 50-33-80</t>
   </si>
   <si>
-    <t>664081, Россия, Иркутская область, Иркутск, Пискунова, 160, 523</t>
+    <t>664081, Россия, Иркутская область, Иркутск, Пискунова, 160, помещ.63</t>
   </si>
   <si>
     <t>Генеральный директор Тамагашев Дмитрий Викторович</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
     <t>Протокол Правления № 196 от 31.01.2019</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Третий уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>10.11.2023</t>
   </si>