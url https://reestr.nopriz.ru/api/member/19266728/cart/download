--- v0 (2025-12-13)
+++ v1 (2026-03-13)
@@ -214,51 +214,51 @@
   <si>
     <t>19.09.2012</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1123850035869</t>
   </si>
   <si>
     <t>3808225635</t>
   </si>
   <si>
     <t>+7(3952)54-40-50</t>
   </si>
   <si>
     <t>664510, Россия, Иркутская область, Иркутский, п. Дзержинск, Ушаковская, 3А</t>
   </si>
   <si>
     <t>Генеральный директор Рожаковский Борис Борисович</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
-    <t>01.03.2025</t>
+    <t>02.03.2026</t>
   </si>
   <si>
     <t>28.10.2019 Протокол Правления №221</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>19.03.2025</t>
   </si>
   <si>
     <t>Плановая</t>
   </si>
   <si>
     <t>Нарушений не имеется</t>
   </si>
@@ -979,51 +979,51 @@
       </c>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8" t="s">
         <v>58</v>
       </c>
       <c r="L4" s="8" t="s">
         <v>59</v>
       </c>
       <c r="M4" s="8" t="s">
         <v>60</v>
       </c>
       <c r="N4" s="8" t="s">
         <v>61</v>
       </c>
       <c r="O4" s="8" t="s">
         <v>62</v>
       </c>
       <c r="P4" s="8"/>
       <c r="Q4" s="8"/>
       <c r="R4" s="8" t="s">
         <v>63</v>
       </c>
       <c r="S4" s="8"/>
       <c r="T4" s="8">
-        <v>243775</v>
+        <v>0</v>
       </c>
       <c r="U4" s="8" t="s">
         <v>64</v>
       </c>
       <c r="V4" s="8">
         <v>50000.0</v>
       </c>
       <c r="W4" s="8">
         <v>150000.0</v>
       </c>
       <c r="X4" s="8" t="s">
         <v>55</v>
       </c>
       <c r="Y4" s="8" t="s">
         <v>65</v>
       </c>
       <c r="Z4" s="8" t="s">
         <v>66</v>
       </c>
       <c r="AA4" s="8" t="s">
         <v>67</v>
       </c>
       <c r="AB4" s="4" t="s">
         <v>67</v>
       </c>