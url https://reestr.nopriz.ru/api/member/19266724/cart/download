--- v0 (2025-12-13)
+++ v1 (2026-03-18)
@@ -214,90 +214,90 @@
   <si>
     <t>29.11.2019</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1195476085958</t>
   </si>
   <si>
     <t>5405050457</t>
   </si>
   <si>
     <t>+7 (383) 254-01-17</t>
   </si>
   <si>
     <t>630102, Россия, Новосибирская область, Новосибирск, Восход, 26/1, 103, 104</t>
   </si>
   <si>
     <t>Директор Геронимус Елена Николаевна</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
-    <t>01.03.2025</t>
+    <t>01.03.2026</t>
   </si>
   <si>
     <t>Протокол Правления № 226 от 25.12.2019</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
+    <t>Второй уровень ответственности</t>
+  </si>
+  <si>
+    <t>Действует</t>
+  </si>
+  <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
-    <t>Действует</t>
-[...1 lines deleted...]
-  <si>
     <t>03.05.2023</t>
   </si>
   <si>
+    <t>23.11.2022</t>
+  </si>
+  <si>
+    <t>Плановая</t>
+  </si>
+  <si>
+    <t>Нарушений не имеется</t>
+  </si>
+  <si>
+    <t>Применялись</t>
+  </si>
+  <si>
     <t>20.11.2025</t>
   </si>
   <si>
-    <t>Плановая</t>
-[...7 lines deleted...]
-  <si>
     <t>10.11.2020</t>
-  </si>
-[...4 lines deleted...]
-    <t>23.11.2022</t>
   </si>
   <si>
     <t>19.11.2021</t>
   </si>
   <si>
     <t>Не применялись</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -994,255 +994,255 @@
       <c r="L4" s="8" t="s">
         <v>59</v>
       </c>
       <c r="M4" s="8" t="s">
         <v>60</v>
       </c>
       <c r="N4" s="8" t="s">
         <v>61</v>
       </c>
       <c r="O4" s="8" t="s">
         <v>62</v>
       </c>
       <c r="P4" s="8"/>
       <c r="Q4" s="8"/>
       <c r="R4" s="8" t="s">
         <v>63</v>
       </c>
       <c r="S4" s="8"/>
       <c r="T4" s="8">
         <v>0</v>
       </c>
       <c r="U4" s="8" t="s">
         <v>64</v>
       </c>
       <c r="V4" s="8">
-        <v>50000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="W4" s="8">
         <v>150000.0</v>
       </c>
       <c r="X4" s="8" t="s">
         <v>55</v>
       </c>
       <c r="Y4" s="8" t="s">
         <v>65</v>
       </c>
       <c r="Z4" s="8" t="s">
         <v>66</v>
       </c>
       <c r="AA4" s="8" t="s">
         <v>67</v>
       </c>
       <c r="AB4" s="4" t="s">
         <v>67</v>
       </c>
       <c r="AC4" s="4" t="s">
         <v>68</v>
       </c>
       <c r="AD4" s="4" t="s">
         <v>69</v>
       </c>
       <c r="AE4" s="4" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="AF4" s="4" t="s">
         <v>69</v>
       </c>
       <c r="AG4" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AH4" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AI4" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AJ4" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AK4" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AL4" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AM4" s="4"/>
       <c r="AN4" s="4"/>
       <c r="AO4" s="4"/>
       <c r="AP4" s="4"/>
       <c r="AQ4" s="4"/>
     </row>
     <row r="5" spans="1:46">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
       <c r="P5" s="4"/>
       <c r="Q5" s="4"/>
       <c r="R5" s="4"/>
       <c r="S5" s="4"/>
       <c r="T5" s="4"/>
       <c r="U5" s="4"/>
       <c r="V5" s="4"/>
       <c r="W5" s="4"/>
       <c r="X5" s="4"/>
       <c r="Y5" s="4"/>
       <c r="Z5" s="4"/>
       <c r="AA5" s="4"/>
       <c r="AB5" s="4"/>
       <c r="AC5" s="4"/>
       <c r="AD5" s="4"/>
       <c r="AE5" s="4"/>
       <c r="AF5" s="4"/>
       <c r="AG5" s="4"/>
       <c r="AH5" s="4"/>
       <c r="AI5" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ5" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AK5" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="AL5" s="4" t="s">
         <v>75</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
       <c r="AM5" s="4"/>
       <c r="AN5" s="4"/>
       <c r="AO5" s="4"/>
       <c r="AP5" s="4"/>
       <c r="AQ5" s="4"/>
     </row>
     <row r="6" spans="1:46">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="4"/>
       <c r="W6" s="4"/>
       <c r="X6" s="4"/>
       <c r="Y6" s="4"/>
       <c r="Z6" s="4"/>
       <c r="AA6" s="4"/>
       <c r="AB6" s="4"/>
       <c r="AC6" s="4"/>
       <c r="AD6" s="4"/>
       <c r="AE6" s="4"/>
       <c r="AF6" s="4"/>
       <c r="AG6" s="4"/>
       <c r="AH6" s="4"/>
       <c r="AI6" s="4" t="s">
         <v>77</v>
       </c>
       <c r="AJ6" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AK6" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AL6" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AM6" s="4"/>
       <c r="AN6" s="4"/>
       <c r="AO6" s="4"/>
       <c r="AP6" s="4"/>
       <c r="AQ6" s="4"/>
     </row>
     <row r="7" spans="1:46">
       <c r="A7" s="4"/>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="P7" s="4"/>
       <c r="Q7" s="4"/>
       <c r="R7" s="4"/>
       <c r="S7" s="4"/>
       <c r="T7" s="4"/>
       <c r="U7" s="4"/>
       <c r="V7" s="4"/>
       <c r="W7" s="4"/>
       <c r="X7" s="4"/>
       <c r="Y7" s="4"/>
       <c r="Z7" s="4"/>
       <c r="AA7" s="4"/>
       <c r="AB7" s="4"/>
       <c r="AC7" s="4"/>
       <c r="AD7" s="4"/>
       <c r="AE7" s="4"/>
       <c r="AF7" s="4"/>
       <c r="AG7" s="4"/>
       <c r="AH7" s="4"/>
       <c r="AI7" s="4" t="s">
         <v>78</v>
       </c>
       <c r="AJ7" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AK7" s="4" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="AL7" s="4" t="s">
         <v>79</v>
       </c>
       <c r="AM7" s="4"/>
       <c r="AN7" s="4"/>
       <c r="AO7" s="4"/>
       <c r="AP7" s="4"/>
       <c r="AQ7" s="4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:S1"/>
     <mergeCell ref="T1:U1"/>
     <mergeCell ref="V1:Y1"/>
     <mergeCell ref="Z1:AH1"/>
     <mergeCell ref="AI1:AL1"/>
     <mergeCell ref="AM1:AQ1"/>
     <mergeCell ref="B4:B7"/>
     <mergeCell ref="C4:C7"/>
     <mergeCell ref="D4:D7"/>
     <mergeCell ref="E4:E7"/>
     <mergeCell ref="F4:F7"/>
     <mergeCell ref="G4:G7"/>