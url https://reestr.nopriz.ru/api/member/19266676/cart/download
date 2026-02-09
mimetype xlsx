--- v0 (2025-12-07)
+++ v1 (2026-02-09)
@@ -208,51 +208,51 @@
   <si>
     <t>0117.4-2015-3827020320-П-46</t>
   </si>
   <si>
     <t>19.08.2010</t>
   </si>
   <si>
     <t>15.12.2005</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1053827057240</t>
   </si>
   <si>
     <t>3827020320</t>
   </si>
   <si>
     <t>+7(3952) 79-50-33</t>
   </si>
   <si>
     <t>664043, Россия, Иркутская область, Иркутск, Бульвар Рябикова, 65</t>
   </si>
   <si>
-    <t>Директор Осипов Алексей Александрович</t>
+    <t>Генеральный директор Осипов Алексей Александрович</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
     <t>01.03.2025</t>
   </si>
   <si>
     <t>22.07.2010 Протокол Правления № 36</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>01.07.2017</t>
   </si>