--- v0 (2025-12-13)
+++ v1 (2026-03-21)
@@ -214,51 +214,51 @@
   <si>
     <t>01.08.2012</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1123801003094</t>
   </si>
   <si>
     <t>3801120337</t>
   </si>
   <si>
     <t>+7(3955) 54-65-35</t>
   </si>
   <si>
     <t>665814, Россия, Иркутская область, Ангарск, квартал 2 (Южный Массив Тер.), 100</t>
   </si>
   <si>
     <t>Директор Крамер Николай Александрович</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
-    <t>01.03.2025</t>
+    <t>02.03.2026</t>
   </si>
   <si>
     <t>03.02.2015 Протокол Правления № 115</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>01.07.2017</t>
   </si>
   <si>
     <t>24.10.2022</t>
   </si>
   <si>
     <t>Плановая</t>
   </si>