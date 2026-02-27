--- v0 (2025-12-07)
+++ v1 (2026-02-27)
@@ -205,51 +205,51 @@
   <si>
     <t>ООО "ВСЭМ-СЭТ"</t>
   </si>
   <si>
     <t>0156.1-2015-0323061321-П-46</t>
   </si>
   <si>
     <t>24.02.2015</t>
   </si>
   <si>
     <t>25.07.2002</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1020300888080</t>
   </si>
   <si>
     <t>0323061321</t>
   </si>
   <si>
     <t>+7(3012) 23-34-44</t>
   </si>
   <si>
-    <t>670000, Россия, Республика Бурятия, Улан-Удэ, Смолина, 37</t>
+    <t>670000, Россия, Республика Бурятия, Улан-Удэ, Борсоева, 105</t>
   </si>
   <si>
     <t>Директор Каптеров Павел Владимирович</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
     <t>01.03.2025</t>
   </si>
   <si>
     <t>Протокол Правления № 115 от 03.02.2015</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>