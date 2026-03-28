--- v0 (2025-12-13)
+++ v1 (2026-03-28)
@@ -214,66 +214,66 @@
   <si>
     <t>21.04.2010</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1103850010945</t>
   </si>
   <si>
     <t>3810315519</t>
   </si>
   <si>
     <t>+7(3952) 755-808</t>
   </si>
   <si>
     <t>664005, Россия, Иркутская область, Иркутск, 2-я Железнодорожная, 20, 8</t>
   </si>
   <si>
     <t>Директор Громова Лидия Максимовна</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
-    <t>01.03.2025</t>
+    <t>02.03.2026</t>
   </si>
   <si>
     <t>15.07.2010 Протокол Правления № 35</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
-    <t>Действует</t>
+    <t>Приостановлено</t>
   </si>
   <si>
     <t>01.07.2017</t>
   </si>
   <si>
     <t>07.10.2015</t>
   </si>
   <si>
     <t>Плановая</t>
   </si>
   <si>
     <t>Нарушений не имеется</t>
   </si>
   <si>
     <t>Применялись</t>
   </si>
   <si>
     <t>10.04.2025</t>
   </si>
   <si>
     <t>Нарушения имеются</t>
   </si>
   <si>
     <t>21.10.2014</t>
   </si>