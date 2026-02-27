--- v0 (2025-12-07)
+++ v1 (2026-02-27)
@@ -235,84 +235,84 @@
   <si>
     <t>Соответствует</t>
   </si>
   <si>
     <t>01.03.2025</t>
   </si>
   <si>
     <t>12.08.2014 Протокол Правления № 107</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>01.07.2017</t>
   </si>
   <si>
+    <t>08.10.2025</t>
+  </si>
+  <si>
+    <t>Плановая</t>
+  </si>
+  <si>
+    <t>Нарушений не имеется</t>
+  </si>
+  <si>
+    <t>Не применялись</t>
+  </si>
+  <si>
+    <t>16.10.2015</t>
+  </si>
+  <si>
     <t>17.11.2021</t>
   </si>
   <si>
-    <t>Плановая</t>
-[...5 lines deleted...]
-    <t>Не применялись</t>
+    <t>18.11.2022</t>
+  </si>
+  <si>
+    <t>Применялись</t>
   </si>
   <si>
     <t>20.10.2017</t>
   </si>
   <si>
-    <t>16.10.2015</t>
-[...1 lines deleted...]
-  <si>
     <t>11.08.2014</t>
   </si>
   <si>
     <t>Внеплановая</t>
   </si>
   <si>
-    <t>08.10.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>20.11.2020</t>
-  </si>
-[...4 lines deleted...]
-    <t>18.11.2022</t>
   </si>
   <si>
     <t>25.11.2019</t>
   </si>
   <si>
     <t>13.11.2018</t>
   </si>
   <si>
     <t>24.10.2016</t>
   </si>
   <si>
     <t>30 000 000</t>
   </si>
   <si>
     <t>ОАО "АльфаСтрахование"</t>
   </si>
   <si>
     <t>115162, г. Москва, ул. Шаболовка, 31</t>
   </si>
   <si>
     <t>+7(495)788-09-99</t>
   </si>
 </sst>
 </file>
 
@@ -1233,57 +1233,57 @@
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="P7" s="4"/>
       <c r="Q7" s="4"/>
       <c r="R7" s="4"/>
       <c r="S7" s="4"/>
       <c r="T7" s="4"/>
       <c r="U7" s="4"/>
       <c r="V7" s="4"/>
       <c r="W7" s="4"/>
       <c r="X7" s="4"/>
       <c r="Y7" s="4"/>
       <c r="Z7" s="4"/>
       <c r="AA7" s="4"/>
       <c r="AB7" s="4"/>
       <c r="AC7" s="4"/>
       <c r="AD7" s="4"/>
       <c r="AE7" s="4"/>
       <c r="AF7" s="4"/>
       <c r="AG7" s="4"/>
       <c r="AH7" s="4"/>
       <c r="AI7" s="4" t="s">
         <v>77</v>
       </c>
       <c r="AJ7" s="4" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="AK7" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL7" s="4" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="AM7" s="4"/>
       <c r="AN7" s="4"/>
       <c r="AO7" s="4"/>
       <c r="AP7" s="4"/>
       <c r="AQ7" s="4"/>
     </row>
     <row r="8" spans="1:46">
       <c r="A8" s="4"/>
       <c r="B8" s="4"/>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
       <c r="M8" s="4"/>
       <c r="N8" s="4"/>
       <c r="O8" s="4"/>
       <c r="P8" s="4"/>
       <c r="Q8" s="4"/>
@@ -1339,57 +1339,57 @@
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
       <c r="Z9" s="4"/>
       <c r="AA9" s="4"/>
       <c r="AB9" s="4"/>
       <c r="AC9" s="4"/>
       <c r="AD9" s="4"/>
       <c r="AE9" s="4"/>
       <c r="AF9" s="4"/>
       <c r="AG9" s="4"/>
       <c r="AH9" s="4"/>
       <c r="AI9" s="4" t="s">
         <v>80</v>
       </c>
       <c r="AJ9" s="4" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="AK9" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL9" s="4" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="AM9" s="4"/>
       <c r="AN9" s="4"/>
       <c r="AO9" s="4"/>
       <c r="AP9" s="4"/>
       <c r="AQ9" s="4"/>
     </row>
     <row r="10" spans="1:46">
       <c r="A10" s="4"/>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
       <c r="M10" s="4"/>
       <c r="N10" s="4"/>
       <c r="O10" s="4"/>
       <c r="P10" s="4"/>
       <c r="Q10" s="4"/>
@@ -1398,51 +1398,51 @@
       <c r="T10" s="4"/>
       <c r="U10" s="4"/>
       <c r="V10" s="4"/>
       <c r="W10" s="4"/>
       <c r="X10" s="4"/>
       <c r="Y10" s="4"/>
       <c r="Z10" s="4"/>
       <c r="AA10" s="4"/>
       <c r="AB10" s="4"/>
       <c r="AC10" s="4"/>
       <c r="AD10" s="4"/>
       <c r="AE10" s="4"/>
       <c r="AF10" s="4"/>
       <c r="AG10" s="4"/>
       <c r="AH10" s="4"/>
       <c r="AI10" s="4" t="s">
         <v>82</v>
       </c>
       <c r="AJ10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL10" s="4" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="AM10" s="4"/>
       <c r="AN10" s="4"/>
       <c r="AO10" s="4"/>
       <c r="AP10" s="4"/>
       <c r="AQ10" s="4"/>
     </row>
     <row r="11" spans="1:46">
       <c r="A11" s="4"/>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="4"/>
       <c r="N11" s="4"/>
       <c r="O11" s="4"/>
       <c r="P11" s="4"/>
       <c r="Q11" s="4"/>
@@ -1451,51 +1451,51 @@
       <c r="T11" s="4"/>
       <c r="U11" s="4"/>
       <c r="V11" s="4"/>
       <c r="W11" s="4"/>
       <c r="X11" s="4"/>
       <c r="Y11" s="4"/>
       <c r="Z11" s="4"/>
       <c r="AA11" s="4"/>
       <c r="AB11" s="4"/>
       <c r="AC11" s="4"/>
       <c r="AD11" s="4"/>
       <c r="AE11" s="4"/>
       <c r="AF11" s="4"/>
       <c r="AG11" s="4"/>
       <c r="AH11" s="4"/>
       <c r="AI11" s="4" t="s">
         <v>83</v>
       </c>
       <c r="AJ11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL11" s="4" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="AM11" s="4"/>
       <c r="AN11" s="4"/>
       <c r="AO11" s="4"/>
       <c r="AP11" s="4"/>
       <c r="AQ11" s="4"/>
     </row>
     <row r="12" spans="1:46">
       <c r="A12" s="4"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
       <c r="M12" s="4"/>
       <c r="N12" s="4"/>
       <c r="O12" s="4"/>
       <c r="P12" s="4"/>
       <c r="Q12" s="4"/>