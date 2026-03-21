--- v0 (2025-12-13)
+++ v1 (2026-03-21)
@@ -214,90 +214,90 @@
   <si>
     <t>12.03.2010</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1103817000374</t>
   </si>
   <si>
     <t>3817036754</t>
   </si>
   <si>
     <t>+7(39535) 92-121</t>
   </si>
   <si>
     <t>666684, Россия, Иркутская область, Усть-Илимск, территория Промплощадка УИ ЛПК, зд. 000000/1742</t>
   </si>
   <si>
     <t>Директор Бузин Вячеслав Владимирович</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
-    <t>01.03.2025</t>
+    <t>02.03.2026</t>
   </si>
   <si>
     <t>27.04.2010 Протокол Правления № 28</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>01.07.2017</t>
   </si>
   <si>
+    <t>22.09.2017</t>
+  </si>
+  <si>
+    <t>Плановая</t>
+  </si>
+  <si>
+    <t>Нарушений не имеется</t>
+  </si>
+  <si>
+    <t>Не применялись</t>
+  </si>
+  <si>
+    <t>21.09.2021</t>
+  </si>
+  <si>
+    <t>Применялись</t>
+  </si>
+  <si>
     <t>15.09.2025</t>
-  </si>
-[...16 lines deleted...]
-    <t>Применялись</t>
   </si>
   <si>
     <t>18.09.2013</t>
   </si>
   <si>
     <t>25.09.2014</t>
   </si>
   <si>
     <t>22.11.2022</t>
   </si>
   <si>
     <t>07.09.2020</t>
   </si>
   <si>
     <t>17.09.2019</t>
   </si>
   <si>
     <t>17.09.2018</t>
   </si>
   <si>
     <t>21.09.2016</t>
   </si>
   <si>
     <t>01.09.2015</t>
   </si>
@@ -1145,104 +1145,104 @@
       <c r="T5" s="4"/>
       <c r="U5" s="4"/>
       <c r="V5" s="4"/>
       <c r="W5" s="4"/>
       <c r="X5" s="4"/>
       <c r="Y5" s="4"/>
       <c r="Z5" s="4"/>
       <c r="AA5" s="4"/>
       <c r="AB5" s="4"/>
       <c r="AC5" s="4"/>
       <c r="AD5" s="4"/>
       <c r="AE5" s="4"/>
       <c r="AF5" s="4"/>
       <c r="AG5" s="4"/>
       <c r="AH5" s="4"/>
       <c r="AI5" s="4" t="s">
         <v>75</v>
       </c>
       <c r="AJ5" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK5" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL5" s="4" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="AM5" s="4"/>
       <c r="AN5" s="4"/>
       <c r="AO5" s="4"/>
       <c r="AP5" s="4"/>
       <c r="AQ5" s="4"/>
     </row>
     <row r="6" spans="1:46">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="4"/>
       <c r="W6" s="4"/>
       <c r="X6" s="4"/>
       <c r="Y6" s="4"/>
       <c r="Z6" s="4"/>
       <c r="AA6" s="4"/>
       <c r="AB6" s="4"/>
       <c r="AC6" s="4"/>
       <c r="AD6" s="4"/>
       <c r="AE6" s="4"/>
       <c r="AF6" s="4"/>
       <c r="AG6" s="4"/>
       <c r="AH6" s="4"/>
       <c r="AI6" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AJ6" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK6" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL6" s="4" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="AM6" s="4"/>
       <c r="AN6" s="4"/>
       <c r="AO6" s="4"/>
       <c r="AP6" s="4"/>
       <c r="AQ6" s="4"/>
     </row>
     <row r="7" spans="1:46">
       <c r="A7" s="4"/>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="P7" s="4"/>
       <c r="Q7" s="4"/>
@@ -1304,51 +1304,51 @@
       <c r="T8" s="4"/>
       <c r="U8" s="4"/>
       <c r="V8" s="4"/>
       <c r="W8" s="4"/>
       <c r="X8" s="4"/>
       <c r="Y8" s="4"/>
       <c r="Z8" s="4"/>
       <c r="AA8" s="4"/>
       <c r="AB8" s="4"/>
       <c r="AC8" s="4"/>
       <c r="AD8" s="4"/>
       <c r="AE8" s="4"/>
       <c r="AF8" s="4"/>
       <c r="AG8" s="4"/>
       <c r="AH8" s="4"/>
       <c r="AI8" s="4" t="s">
         <v>79</v>
       </c>
       <c r="AJ8" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK8" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL8" s="4" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AM8" s="4"/>
       <c r="AN8" s="4"/>
       <c r="AO8" s="4"/>
       <c r="AP8" s="4"/>
       <c r="AQ8" s="4"/>
     </row>
     <row r="9" spans="1:46">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
@@ -1569,51 +1569,51 @@
       <c r="T13" s="4"/>
       <c r="U13" s="4"/>
       <c r="V13" s="4"/>
       <c r="W13" s="4"/>
       <c r="X13" s="4"/>
       <c r="Y13" s="4"/>
       <c r="Z13" s="4"/>
       <c r="AA13" s="4"/>
       <c r="AB13" s="4"/>
       <c r="AC13" s="4"/>
       <c r="AD13" s="4"/>
       <c r="AE13" s="4"/>
       <c r="AF13" s="4"/>
       <c r="AG13" s="4"/>
       <c r="AH13" s="4"/>
       <c r="AI13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="AJ13" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL13" s="4" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AM13" s="4"/>
       <c r="AN13" s="4"/>
       <c r="AO13" s="4"/>
       <c r="AP13" s="4"/>
       <c r="AQ13" s="4"/>
     </row>
     <row r="14" spans="1:46">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
       <c r="M14" s="4"/>
       <c r="N14" s="4"/>
       <c r="O14" s="4"/>
       <c r="P14" s="4"/>
       <c r="Q14" s="4"/>
@@ -1622,51 +1622,51 @@
       <c r="T14" s="4"/>
       <c r="U14" s="4"/>
       <c r="V14" s="4"/>
       <c r="W14" s="4"/>
       <c r="X14" s="4"/>
       <c r="Y14" s="4"/>
       <c r="Z14" s="4"/>
       <c r="AA14" s="4"/>
       <c r="AB14" s="4"/>
       <c r="AC14" s="4"/>
       <c r="AD14" s="4"/>
       <c r="AE14" s="4"/>
       <c r="AF14" s="4"/>
       <c r="AG14" s="4"/>
       <c r="AH14" s="4"/>
       <c r="AI14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="AJ14" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL14" s="4" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AM14" s="4"/>
       <c r="AN14" s="4"/>
       <c r="AO14" s="4"/>
       <c r="AP14" s="4"/>
       <c r="AQ14" s="4"/>
     </row>
     <row r="15" spans="1:46">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
       <c r="M15" s="4"/>
       <c r="N15" s="4"/>
       <c r="O15" s="4"/>
       <c r="P15" s="4"/>
       <c r="Q15" s="4"/>
@@ -1675,51 +1675,51 @@
       <c r="T15" s="4"/>
       <c r="U15" s="4"/>
       <c r="V15" s="4"/>
       <c r="W15" s="4"/>
       <c r="X15" s="4"/>
       <c r="Y15" s="4"/>
       <c r="Z15" s="4"/>
       <c r="AA15" s="4"/>
       <c r="AB15" s="4"/>
       <c r="AC15" s="4"/>
       <c r="AD15" s="4"/>
       <c r="AE15" s="4"/>
       <c r="AF15" s="4"/>
       <c r="AG15" s="4"/>
       <c r="AH15" s="4"/>
       <c r="AI15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="AJ15" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK15" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL15" s="4" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AM15" s="4"/>
       <c r="AN15" s="4"/>
       <c r="AO15" s="4"/>
       <c r="AP15" s="4"/>
       <c r="AQ15" s="4"/>
     </row>
     <row r="16" spans="1:46">
       <c r="A16" s="4"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="4"/>
       <c r="K16" s="4"/>
       <c r="L16" s="4"/>
       <c r="M16" s="4"/>
       <c r="N16" s="4"/>
       <c r="O16" s="4"/>
       <c r="P16" s="4"/>
       <c r="Q16" s="4"/>