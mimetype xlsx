--- v0 (2025-12-13)
+++ v1 (2026-03-04)
@@ -214,51 +214,51 @@
   <si>
     <t>01.10.2002</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1025401913460</t>
   </si>
   <si>
     <t>5405242783</t>
   </si>
   <si>
     <t>+7(383)2119343</t>
   </si>
   <si>
     <t>630008, Россия, Новосибирская область, Новосибирск, Сакко и Ванцетти, 77, 601</t>
   </si>
   <si>
     <t>Генеральный директор Свинарчук Алексей Леонидович</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
-    <t>01.03.2025</t>
+    <t>01.03.2026</t>
   </si>
   <si>
     <t>Протокол № 15-03/10 от 15.03.2010</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Второй уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>15.02.2018</t>
   </si>
   <si>
     <t>20.11.2025</t>
   </si>