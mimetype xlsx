--- v0 (2025-12-13)
+++ v1 (2026-03-26)
@@ -214,108 +214,108 @@
   <si>
     <t>10.04.2008</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1085401007526</t>
   </si>
   <si>
     <t>5401307800</t>
   </si>
   <si>
     <t>+7(383)2217803;alexx131955@mail.ru</t>
   </si>
   <si>
     <t>630091, Россия, Новосибирская область, Новосибирск, Красный проспект, 82, 317 В</t>
   </si>
   <si>
     <t>Директор Тугов Алексей Валерьевич</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
-    <t>01.03.2025</t>
+    <t>01.03.2026</t>
   </si>
   <si>
     <t>Протокол Совета № 17-03/10 от 17.03.2010</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>01.07.2017</t>
   </si>
   <si>
+    <t>31.03.2016</t>
+  </si>
+  <si>
+    <t>Плановая</t>
+  </si>
+  <si>
+    <t>Нарушений не имеется</t>
+  </si>
+  <si>
+    <t>Не применялись</t>
+  </si>
+  <si>
     <t>20.11.2025</t>
   </si>
   <si>
-    <t>Плановая</t>
-[...5 lines deleted...]
-    <t>Не применялись</t>
+    <t>19.11.2021</t>
   </si>
   <si>
     <t>25.03.2015</t>
   </si>
   <si>
     <t>23.11.2022</t>
   </si>
   <si>
-    <t>19.11.2021</t>
-[...1 lines deleted...]
-  <si>
     <t>15.11.2019</t>
   </si>
   <si>
     <t>20.11.2020</t>
   </si>
   <si>
     <t>15.11.2018</t>
   </si>
   <si>
     <t>27.11.2017</t>
   </si>
   <si>
     <t>30.03.2017</t>
-  </si>
-[...1 lines deleted...]
-    <t>31.03.2016</t>
   </si>
   <si>
     <t>31.03.2014</t>
   </si>
   <si>
     <t>25.03.2013</t>
   </si>
   <si>
     <t>15 000 000</t>
   </si>
   <si>
     <t>САО “ВСК”</t>
   </si>
   <si>
     <t>630005, г. Новосибирск, ул. Гоголя, д. 42</t>
   </si>
   <si>
     <t>+7(383)211-03-04</t>
   </si>
   <si>
     <t>630005, г. Новосибирск, ул. Гоголя, д. 42.</t>
   </si>
 </sst>
 </file>
 