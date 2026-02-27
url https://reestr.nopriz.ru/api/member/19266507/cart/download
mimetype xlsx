--- v0 (2025-12-13)
+++ v1 (2026-02-27)
@@ -208,51 +208,51 @@
   <si>
     <t>0240-2017-5407479629-П-46 06.12.2012</t>
   </si>
   <si>
     <t>06.12.2012</t>
   </si>
   <si>
     <t>02.10.2012</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1125476147730</t>
   </si>
   <si>
     <t>5407479629</t>
   </si>
   <si>
     <t>+7(383)2892789; REMIS@nske.ru</t>
   </si>
   <si>
     <t>630007, Россия, Новосибирская область, Новосибирск, Советская, 5</t>
   </si>
   <si>
-    <t>Генеральный директор Герасимов Владимир Ермагенович</t>
+    <t>Генеральный директор Шарапов Николай Викторович</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
     <t>01.03.2025</t>
   </si>
   <si>
     <t>Протокол Совета № 06-12/48 от 06.12.2012</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Второй уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>01.07.2017</t>
   </si>