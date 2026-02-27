--- v0 (2025-12-07)
+++ v1 (2026-02-27)
@@ -235,66 +235,66 @@
   <si>
     <t>Соответствует</t>
   </si>
   <si>
     <t>01.03.2025</t>
   </si>
   <si>
     <t>23.01.2018 Протокол Правления №166</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>14.06.2018</t>
   </si>
   <si>
+    <t>31.01.2020</t>
+  </si>
+  <si>
+    <t>Плановая</t>
+  </si>
+  <si>
+    <t>Нарушений не имеется</t>
+  </si>
+  <si>
+    <t>Не применялись</t>
+  </si>
+  <si>
     <t>21.04.2025</t>
   </si>
   <si>
-    <t>Плановая</t>
-[...7 lines deleted...]
-  <si>
     <t>26.04.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>31.01.2020</t>
   </si>
   <si>
     <t>22.01.2019</t>
   </si>
   <si>
     <t>22.01.2018</t>
   </si>
   <si>
     <t>05.04.2021</t>
   </si>
   <si>
     <t>30 000 000</t>
   </si>
   <si>
     <t>АО "АльфаСтрахование"</t>
   </si>
   <si>
     <t>115162, г. Москва, ул. Шаболовка, 31</t>
   </si>
   <si>
     <t>+7(495)788-09-99</t>
   </si>
 </sst>
 </file>
 