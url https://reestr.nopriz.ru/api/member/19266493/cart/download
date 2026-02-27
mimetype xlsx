--- v0 (2025-12-13)
+++ v1 (2026-02-27)
@@ -235,72 +235,72 @@
   <si>
     <t>Соответствует</t>
   </si>
   <si>
     <t>01.03.2025</t>
   </si>
   <si>
     <t>23.01.2018 Протокол Правления №166</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>09.11.2020</t>
   </si>
   <si>
+    <t>05.04.2021</t>
+  </si>
+  <si>
+    <t>Плановая</t>
+  </si>
+  <si>
+    <t>Нарушений не имеется</t>
+  </si>
+  <si>
+    <t>Не применялись</t>
+  </si>
+  <si>
+    <t>18.02.2020</t>
+  </si>
+  <si>
     <t>26.04.2022</t>
   </si>
   <si>
-    <t>Плановая</t>
-[...7 lines deleted...]
-  <si>
     <t>16.04.2025</t>
   </si>
   <si>
-    <t>18.02.2020</t>
-[...1 lines deleted...]
-  <si>
     <t>25.01.2019</t>
-  </si>
-[...1 lines deleted...]
-    <t>05.04.2021</t>
   </si>
   <si>
     <t>30 000 000</t>
   </si>
   <si>
     <t>АО "Альфастрахование"</t>
   </si>
   <si>
     <t>115162, г. Москва, ул. Шаболовка, 31</t>
   </si>
   <si>
     <t>+7(495)788-09-99</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1156,51 +1156,51 @@
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="4"/>
       <c r="W6" s="4"/>
       <c r="X6" s="4"/>
       <c r="Y6" s="4"/>
       <c r="Z6" s="4"/>
       <c r="AA6" s="4"/>
       <c r="AB6" s="4"/>
       <c r="AC6" s="4"/>
       <c r="AD6" s="4"/>
       <c r="AE6" s="4"/>
       <c r="AF6" s="4"/>
       <c r="AG6" s="4"/>
       <c r="AH6" s="4"/>
       <c r="AI6" s="4" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="AJ6" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK6" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL6" s="4" t="s">
         <v>74</v>
       </c>
       <c r="AM6" s="4"/>
       <c r="AN6" s="4"/>
       <c r="AO6" s="4"/>
       <c r="AP6" s="4"/>
       <c r="AQ6" s="4"/>
     </row>
     <row r="7" spans="1:46">
       <c r="A7" s="4"/>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
@@ -1209,51 +1209,51 @@
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="P7" s="4"/>
       <c r="Q7" s="4"/>
       <c r="R7" s="4"/>
       <c r="S7" s="4"/>
       <c r="T7" s="4"/>
       <c r="U7" s="4"/>
       <c r="V7" s="4"/>
       <c r="W7" s="4"/>
       <c r="X7" s="4"/>
       <c r="Y7" s="4"/>
       <c r="Z7" s="4"/>
       <c r="AA7" s="4"/>
       <c r="AB7" s="4"/>
       <c r="AC7" s="4"/>
       <c r="AD7" s="4"/>
       <c r="AE7" s="4"/>
       <c r="AF7" s="4"/>
       <c r="AG7" s="4"/>
       <c r="AH7" s="4"/>
       <c r="AI7" s="4" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AJ7" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK7" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL7" s="4" t="s">
         <v>74</v>
       </c>
       <c r="AM7" s="4"/>
       <c r="AN7" s="4"/>
       <c r="AO7" s="4"/>
       <c r="AP7" s="4"/>
       <c r="AQ7" s="4"/>
     </row>
     <row r="8" spans="1:46">
       <c r="A8" s="4"/>
       <c r="B8" s="4"/>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
@@ -1262,51 +1262,51 @@
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
       <c r="M8" s="4"/>
       <c r="N8" s="4"/>
       <c r="O8" s="4"/>
       <c r="P8" s="4"/>
       <c r="Q8" s="4"/>
       <c r="R8" s="4"/>
       <c r="S8" s="4"/>
       <c r="T8" s="4"/>
       <c r="U8" s="4"/>
       <c r="V8" s="4"/>
       <c r="W8" s="4"/>
       <c r="X8" s="4"/>
       <c r="Y8" s="4"/>
       <c r="Z8" s="4"/>
       <c r="AA8" s="4"/>
       <c r="AB8" s="4"/>
       <c r="AC8" s="4"/>
       <c r="AD8" s="4"/>
       <c r="AE8" s="4"/>
       <c r="AF8" s="4"/>
       <c r="AG8" s="4"/>
       <c r="AH8" s="4"/>
       <c r="AI8" s="4" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="AJ8" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK8" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL8" s="4" t="s">
         <v>74</v>
       </c>
       <c r="AM8" s="4"/>
       <c r="AN8" s="4"/>
       <c r="AO8" s="4"/>
       <c r="AP8" s="4"/>
       <c r="AQ8" s="4"/>
     </row>
     <row r="9" spans="1:46">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>