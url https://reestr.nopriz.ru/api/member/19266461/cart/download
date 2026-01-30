--- v0 (2025-12-13)
+++ v1 (2026-01-30)
@@ -205,51 +205,51 @@
   <si>
     <t>ООО "Сибкапстрой"</t>
   </si>
   <si>
     <t>0285-2018-5403006244-П-46</t>
   </si>
   <si>
     <t>15.03.2018</t>
   </si>
   <si>
     <t>11.06.2015</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1155476064700</t>
   </si>
   <si>
     <t>5403006244</t>
   </si>
   <si>
     <t>+7(383)284-00-10</t>
   </si>
   <si>
-    <t>630017, Россия, Новосибирская область, Новосибирск, Военная, 9, 70</t>
+    <t>630017, Россия, Новосибирская область, Новосибирск, Военная, 9, этаж 2, 70</t>
   </si>
   <si>
     <t>Директор Скороход Татьяна Владимировна</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
     <t>01.03.2025</t>
   </si>
   <si>
     <t>Протокол Правления № 172 от 15.03.2018</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>