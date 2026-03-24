--- v1 (2026-01-30)
+++ v2 (2026-03-24)
@@ -214,51 +214,51 @@
   <si>
     <t>11.06.2015</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1155476064700</t>
   </si>
   <si>
     <t>5403006244</t>
   </si>
   <si>
     <t>+7(383)284-00-10</t>
   </si>
   <si>
     <t>630017, Россия, Новосибирская область, Новосибирск, Военная, 9, этаж 2, 70</t>
   </si>
   <si>
     <t>Директор Скороход Татьяна Владимировна</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
-    <t>01.03.2025</t>
+    <t>01.03.2026</t>
   </si>
   <si>
     <t>Протокол Правления № 172 от 15.03.2018</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>18.04.2019</t>
   </si>
   <si>
     <t>20.11.2025</t>
   </si>
   <si>
     <t>Плановая</t>
   </si>