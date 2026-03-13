--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>Сведения о СРО</t>
   </si>
   <si>
     <t>Сведения о члене саморегулируемой организации</t>
   </si>
   <si>
     <t>Размер обязательств</t>
   </si>
   <si>
     <t>Сведения о КФ</t>
   </si>
   <si>
     <t>Сведения о наличии права</t>
   </si>
   <si>
     <t>Сведения о проверках</t>
   </si>
   <si>
     <t>Сведения об обеспечении имущественной ответственности</t>
   </si>
   <si>
     <t>Полное и (в случае, если имеется) сокращенное наименование саморегулируемой организации, основной государственный регистрационный номер записи о государственной регистрации юридического лица, идентификационный номер налогоплательщика, регистрационный номер в государственном реестре саморегулируемых организаций, адрес места нахождения, адрес официального сайта в информационно-телекоммуникационной сети "Интернет", адрес электронной почты, контактный телефон</t>
   </si>
   <si>
@@ -238,99 +238,102 @@
   <si>
     <t>ООО  "Компания "Востсибуголь"</t>
   </si>
   <si>
     <t>Протокол Правления № 66 от 08.12.2011</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Второй уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>19.11.2024</t>
   </si>
   <si>
     <t>Плановая</t>
   </si>
   <si>
+    <t>Нарушений не имеется</t>
+  </si>
+  <si>
+    <t>Применялись</t>
+  </si>
+  <si>
+    <t>12.02.2026</t>
+  </si>
+  <si>
     <t>Нарушения имеются</t>
   </si>
   <si>
-    <t>Применялись</t>
+    <t>20.11.2013</t>
+  </si>
+  <si>
+    <t>Не применялись</t>
+  </si>
+  <si>
+    <t>11.11.2020</t>
+  </si>
+  <si>
+    <t>03.02.2012</t>
+  </si>
+  <si>
+    <t>Внеплановая</t>
   </si>
   <si>
     <t>20.11.2023</t>
   </si>
   <si>
-    <t>Нарушений не имеется</t>
-[...1 lines deleted...]
-  <si>
     <t>27.10.2017</t>
   </si>
   <si>
-    <t>Не применялись</t>
-[...1 lines deleted...]
-  <si>
     <t>13.10.2015</t>
   </si>
   <si>
     <t>06.12.2022</t>
   </si>
   <si>
     <t>16.11.2021</t>
   </si>
   <si>
-    <t>11.11.2020</t>
-[...1 lines deleted...]
-  <si>
     <t>22.11.2019</t>
   </si>
   <si>
     <t>13.11.2018</t>
   </si>
   <si>
     <t>27.10.2016</t>
   </si>
   <si>
     <t>16.10.2014</t>
-  </si>
-[...7 lines deleted...]
-    <t>Внеплановая</t>
   </si>
   <si>
     <t>30 000 000</t>
   </si>
   <si>
     <t>ОАО "АльфаСтрахование"</t>
   </si>
   <si>
     <t>115162, г. Москва, ул. Шаболовка, 31</t>
   </si>
   <si>
     <t>+7(495)788-09-99</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -716,54 +719,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AT16"/>
+  <dimension ref="A1:AT17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AQ16"/>
+      <selection activeCell="A1" sqref="A1:AQ17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" customWidth="true" style="0"/>
     <col min="33" max="33" width="15" customWidth="true" style="0"/>
     <col min="34" max="34" width="30" customWidth="true" style="0"/>
     <col min="30" max="30" width="20" customWidth="true" style="0"/>
     <col min="31" max="31" width="15" customWidth="true" style="0"/>
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="21" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:46">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
@@ -1073,60 +1076,60 @@
       </c>
       <c r="AC4" s="4" t="s">
         <v>68</v>
       </c>
       <c r="AD4" s="4" t="s">
         <v>69</v>
       </c>
       <c r="AE4" s="4"/>
       <c r="AF4" s="4"/>
       <c r="AG4" s="4"/>
       <c r="AH4" s="4"/>
       <c r="AI4" s="4" t="s">
         <v>70</v>
       </c>
       <c r="AJ4" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AK4" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AL4" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AM4" s="4"/>
       <c r="AN4" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AO4" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AP4" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AQ4" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="5" spans="1:46">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
       <c r="P5" s="4"/>
       <c r="Q5" s="4"/>
       <c r="R5" s="4"/>
       <c r="S5" s="4"/>
       <c r="T5" s="4"/>
       <c r="U5" s="4"/>
       <c r="V5" s="4"/>
@@ -1180,51 +1183,51 @@
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="4"/>
       <c r="W6" s="4"/>
       <c r="X6" s="4"/>
       <c r="Y6" s="4"/>
       <c r="Z6" s="4"/>
       <c r="AA6" s="4"/>
       <c r="AB6" s="4"/>
       <c r="AC6" s="4"/>
       <c r="AD6" s="4"/>
       <c r="AE6" s="4"/>
       <c r="AF6" s="4"/>
       <c r="AG6" s="4"/>
       <c r="AH6" s="4"/>
       <c r="AI6" s="4" t="s">
         <v>76</v>
       </c>
       <c r="AJ6" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AK6" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="AL6" s="4" t="s">
         <v>77</v>
       </c>
       <c r="AM6" s="4"/>
       <c r="AN6" s="4"/>
       <c r="AO6" s="4"/>
       <c r="AP6" s="4"/>
       <c r="AQ6" s="4"/>
     </row>
     <row r="7" spans="1:46">
       <c r="A7" s="4"/>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
@@ -1233,580 +1236,633 @@
       <c r="Q7" s="4"/>
       <c r="R7" s="4"/>
       <c r="S7" s="4"/>
       <c r="T7" s="4"/>
       <c r="U7" s="4"/>
       <c r="V7" s="4"/>
       <c r="W7" s="4"/>
       <c r="X7" s="4"/>
       <c r="Y7" s="4"/>
       <c r="Z7" s="4"/>
       <c r="AA7" s="4"/>
       <c r="AB7" s="4"/>
       <c r="AC7" s="4"/>
       <c r="AD7" s="4"/>
       <c r="AE7" s="4"/>
       <c r="AF7" s="4"/>
       <c r="AG7" s="4"/>
       <c r="AH7" s="4"/>
       <c r="AI7" s="4" t="s">
         <v>78</v>
       </c>
       <c r="AJ7" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AK7" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="AL7" s="4" t="s">
         <v>77</v>
       </c>
       <c r="AM7" s="4"/>
       <c r="AN7" s="4"/>
       <c r="AO7" s="4"/>
       <c r="AP7" s="4"/>
       <c r="AQ7" s="4"/>
     </row>
     <row r="8" spans="1:46">
       <c r="A8" s="4"/>
       <c r="B8" s="4"/>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
       <c r="M8" s="4"/>
       <c r="N8" s="4"/>
       <c r="O8" s="4"/>
       <c r="P8" s="4"/>
       <c r="Q8" s="4"/>
       <c r="R8" s="4"/>
       <c r="S8" s="4"/>
       <c r="T8" s="4"/>
       <c r="U8" s="4"/>
       <c r="V8" s="4"/>
       <c r="W8" s="4"/>
       <c r="X8" s="4"/>
       <c r="Y8" s="4"/>
       <c r="Z8" s="4"/>
       <c r="AA8" s="4"/>
       <c r="AB8" s="4"/>
       <c r="AC8" s="4"/>
       <c r="AD8" s="4"/>
       <c r="AE8" s="4"/>
       <c r="AF8" s="4"/>
       <c r="AG8" s="4"/>
       <c r="AH8" s="4"/>
       <c r="AI8" s="4" t="s">
         <v>79</v>
       </c>
       <c r="AJ8" s="4" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="AK8" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="AL8" s="4" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="AM8" s="4"/>
       <c r="AN8" s="4"/>
       <c r="AO8" s="4"/>
       <c r="AP8" s="4"/>
       <c r="AQ8" s="4"/>
     </row>
     <row r="9" spans="1:46">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
       <c r="Z9" s="4"/>
       <c r="AA9" s="4"/>
       <c r="AB9" s="4"/>
       <c r="AC9" s="4"/>
       <c r="AD9" s="4"/>
       <c r="AE9" s="4"/>
       <c r="AF9" s="4"/>
       <c r="AG9" s="4"/>
       <c r="AH9" s="4"/>
       <c r="AI9" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AJ9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AK9" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="AL9" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AM9" s="4"/>
       <c r="AN9" s="4"/>
       <c r="AO9" s="4"/>
       <c r="AP9" s="4"/>
       <c r="AQ9" s="4"/>
     </row>
     <row r="10" spans="1:46">
       <c r="A10" s="4"/>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
       <c r="M10" s="4"/>
       <c r="N10" s="4"/>
       <c r="O10" s="4"/>
       <c r="P10" s="4"/>
       <c r="Q10" s="4"/>
       <c r="R10" s="4"/>
       <c r="S10" s="4"/>
       <c r="T10" s="4"/>
       <c r="U10" s="4"/>
       <c r="V10" s="4"/>
       <c r="W10" s="4"/>
       <c r="X10" s="4"/>
       <c r="Y10" s="4"/>
       <c r="Z10" s="4"/>
       <c r="AA10" s="4"/>
       <c r="AB10" s="4"/>
       <c r="AC10" s="4"/>
       <c r="AD10" s="4"/>
       <c r="AE10" s="4"/>
       <c r="AF10" s="4"/>
       <c r="AG10" s="4"/>
       <c r="AH10" s="4"/>
       <c r="AI10" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AJ10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AK10" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="AL10" s="4" t="s">
         <v>77</v>
       </c>
       <c r="AM10" s="4"/>
       <c r="AN10" s="4"/>
       <c r="AO10" s="4"/>
       <c r="AP10" s="4"/>
       <c r="AQ10" s="4"/>
     </row>
     <row r="11" spans="1:46">
       <c r="A11" s="4"/>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="4"/>
       <c r="N11" s="4"/>
       <c r="O11" s="4"/>
       <c r="P11" s="4"/>
       <c r="Q11" s="4"/>
       <c r="R11" s="4"/>
       <c r="S11" s="4"/>
       <c r="T11" s="4"/>
       <c r="U11" s="4"/>
       <c r="V11" s="4"/>
       <c r="W11" s="4"/>
       <c r="X11" s="4"/>
       <c r="Y11" s="4"/>
       <c r="Z11" s="4"/>
       <c r="AA11" s="4"/>
       <c r="AB11" s="4"/>
       <c r="AC11" s="4"/>
       <c r="AD11" s="4"/>
       <c r="AE11" s="4"/>
       <c r="AF11" s="4"/>
       <c r="AG11" s="4"/>
       <c r="AH11" s="4"/>
       <c r="AI11" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AJ11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AK11" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="AL11" s="4" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="AM11" s="4"/>
       <c r="AN11" s="4"/>
       <c r="AO11" s="4"/>
       <c r="AP11" s="4"/>
       <c r="AQ11" s="4"/>
     </row>
     <row r="12" spans="1:46">
       <c r="A12" s="4"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
       <c r="M12" s="4"/>
       <c r="N12" s="4"/>
       <c r="O12" s="4"/>
       <c r="P12" s="4"/>
       <c r="Q12" s="4"/>
       <c r="R12" s="4"/>
       <c r="S12" s="4"/>
       <c r="T12" s="4"/>
       <c r="U12" s="4"/>
       <c r="V12" s="4"/>
       <c r="W12" s="4"/>
       <c r="X12" s="4"/>
       <c r="Y12" s="4"/>
       <c r="Z12" s="4"/>
       <c r="AA12" s="4"/>
       <c r="AB12" s="4"/>
       <c r="AC12" s="4"/>
       <c r="AD12" s="4"/>
       <c r="AE12" s="4"/>
       <c r="AF12" s="4"/>
       <c r="AG12" s="4"/>
       <c r="AH12" s="4"/>
       <c r="AI12" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AJ12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AK12" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="AL12" s="4" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="AM12" s="4"/>
       <c r="AN12" s="4"/>
       <c r="AO12" s="4"/>
       <c r="AP12" s="4"/>
       <c r="AQ12" s="4"/>
     </row>
     <row r="13" spans="1:46">
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
       <c r="M13" s="4"/>
       <c r="N13" s="4"/>
       <c r="O13" s="4"/>
       <c r="P13" s="4"/>
       <c r="Q13" s="4"/>
       <c r="R13" s="4"/>
       <c r="S13" s="4"/>
       <c r="T13" s="4"/>
       <c r="U13" s="4"/>
       <c r="V13" s="4"/>
       <c r="W13" s="4"/>
       <c r="X13" s="4"/>
       <c r="Y13" s="4"/>
       <c r="Z13" s="4"/>
       <c r="AA13" s="4"/>
       <c r="AB13" s="4"/>
       <c r="AC13" s="4"/>
       <c r="AD13" s="4"/>
       <c r="AE13" s="4"/>
       <c r="AF13" s="4"/>
       <c r="AG13" s="4"/>
       <c r="AH13" s="4"/>
       <c r="AI13" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AJ13" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AK13" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="AL13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AM13" s="4"/>
       <c r="AN13" s="4"/>
       <c r="AO13" s="4"/>
       <c r="AP13" s="4"/>
       <c r="AQ13" s="4"/>
     </row>
     <row r="14" spans="1:46">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
       <c r="M14" s="4"/>
       <c r="N14" s="4"/>
       <c r="O14" s="4"/>
       <c r="P14" s="4"/>
       <c r="Q14" s="4"/>
       <c r="R14" s="4"/>
       <c r="S14" s="4"/>
       <c r="T14" s="4"/>
       <c r="U14" s="4"/>
       <c r="V14" s="4"/>
       <c r="W14" s="4"/>
       <c r="X14" s="4"/>
       <c r="Y14" s="4"/>
       <c r="Z14" s="4"/>
       <c r="AA14" s="4"/>
       <c r="AB14" s="4"/>
       <c r="AC14" s="4"/>
       <c r="AD14" s="4"/>
       <c r="AE14" s="4"/>
       <c r="AF14" s="4"/>
       <c r="AG14" s="4"/>
       <c r="AH14" s="4"/>
       <c r="AI14" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AJ14" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AK14" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="AL14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AM14" s="4"/>
       <c r="AN14" s="4"/>
       <c r="AO14" s="4"/>
       <c r="AP14" s="4"/>
       <c r="AQ14" s="4"/>
     </row>
     <row r="15" spans="1:46">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
       <c r="M15" s="4"/>
       <c r="N15" s="4"/>
       <c r="O15" s="4"/>
       <c r="P15" s="4"/>
       <c r="Q15" s="4"/>
       <c r="R15" s="4"/>
       <c r="S15" s="4"/>
       <c r="T15" s="4"/>
       <c r="U15" s="4"/>
       <c r="V15" s="4"/>
       <c r="W15" s="4"/>
       <c r="X15" s="4"/>
       <c r="Y15" s="4"/>
       <c r="Z15" s="4"/>
       <c r="AA15" s="4"/>
       <c r="AB15" s="4"/>
       <c r="AC15" s="4"/>
       <c r="AD15" s="4"/>
       <c r="AE15" s="4"/>
       <c r="AF15" s="4"/>
       <c r="AG15" s="4"/>
       <c r="AH15" s="4"/>
       <c r="AI15" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AJ15" s="4" t="s">
         <v>71</v>
       </c>
       <c r="AK15" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="AL15" s="4" t="s">
         <v>77</v>
       </c>
       <c r="AM15" s="4"/>
       <c r="AN15" s="4"/>
       <c r="AO15" s="4"/>
       <c r="AP15" s="4"/>
       <c r="AQ15" s="4"/>
     </row>
     <row r="16" spans="1:46">
       <c r="A16" s="4"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="4"/>
       <c r="K16" s="4"/>
       <c r="L16" s="4"/>
       <c r="M16" s="4"/>
       <c r="N16" s="4"/>
       <c r="O16" s="4"/>
       <c r="P16" s="4"/>
       <c r="Q16" s="4"/>
       <c r="R16" s="4"/>
       <c r="S16" s="4"/>
       <c r="T16" s="4"/>
       <c r="U16" s="4"/>
       <c r="V16" s="4"/>
       <c r="W16" s="4"/>
       <c r="X16" s="4"/>
       <c r="Y16" s="4"/>
       <c r="Z16" s="4"/>
       <c r="AA16" s="4"/>
       <c r="AB16" s="4"/>
       <c r="AC16" s="4"/>
       <c r="AD16" s="4"/>
       <c r="AE16" s="4"/>
       <c r="AF16" s="4"/>
       <c r="AG16" s="4"/>
       <c r="AH16" s="4"/>
       <c r="AI16" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AJ16" s="4" t="s">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="AK16" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="AL16" s="4" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="AM16" s="4"/>
       <c r="AN16" s="4"/>
       <c r="AO16" s="4"/>
       <c r="AP16" s="4"/>
       <c r="AQ16" s="4"/>
+    </row>
+    <row r="17" spans="1:46">
+      <c r="A17" s="4"/>
+      <c r="B17" s="4"/>
+      <c r="C17" s="4"/>
+      <c r="D17" s="4"/>
+      <c r="E17" s="4"/>
+      <c r="F17" s="4"/>
+      <c r="G17" s="4"/>
+      <c r="H17" s="4"/>
+      <c r="I17" s="4"/>
+      <c r="J17" s="4"/>
+      <c r="K17" s="4"/>
+      <c r="L17" s="4"/>
+      <c r="M17" s="4"/>
+      <c r="N17" s="4"/>
+      <c r="O17" s="4"/>
+      <c r="P17" s="4"/>
+      <c r="Q17" s="4"/>
+      <c r="R17" s="4"/>
+      <c r="S17" s="4"/>
+      <c r="T17" s="4"/>
+      <c r="U17" s="4"/>
+      <c r="V17" s="4"/>
+      <c r="W17" s="4"/>
+      <c r="X17" s="4"/>
+      <c r="Y17" s="4"/>
+      <c r="Z17" s="4"/>
+      <c r="AA17" s="4"/>
+      <c r="AB17" s="4"/>
+      <c r="AC17" s="4"/>
+      <c r="AD17" s="4"/>
+      <c r="AE17" s="4"/>
+      <c r="AF17" s="4"/>
+      <c r="AG17" s="4"/>
+      <c r="AH17" s="4"/>
+      <c r="AI17" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="AJ17" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="AK17" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="AL17" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AM17" s="4"/>
+      <c r="AN17" s="4"/>
+      <c r="AO17" s="4"/>
+      <c r="AP17" s="4"/>
+      <c r="AQ17" s="4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:S1"/>
     <mergeCell ref="T1:U1"/>
     <mergeCell ref="V1:Y1"/>
     <mergeCell ref="Z1:AH1"/>
     <mergeCell ref="AI1:AL1"/>
     <mergeCell ref="AM1:AQ1"/>
-    <mergeCell ref="B4:B16"/>
-[...31 lines deleted...]
-    <mergeCell ref="A3:A16"/>
+    <mergeCell ref="B4:B17"/>
+    <mergeCell ref="C4:C17"/>
+    <mergeCell ref="D4:D17"/>
+    <mergeCell ref="E4:E17"/>
+    <mergeCell ref="F4:F17"/>
+    <mergeCell ref="G4:G17"/>
+    <mergeCell ref="H4:H17"/>
+    <mergeCell ref="I4:I17"/>
+    <mergeCell ref="J4:J17"/>
+    <mergeCell ref="K4:K17"/>
+    <mergeCell ref="L4:L17"/>
+    <mergeCell ref="M4:M17"/>
+    <mergeCell ref="N4:N17"/>
+    <mergeCell ref="O4:O17"/>
+    <mergeCell ref="P4:P17"/>
+    <mergeCell ref="Q4:Q17"/>
+    <mergeCell ref="R4:R17"/>
+    <mergeCell ref="S4:S17"/>
+    <mergeCell ref="T4:T17"/>
+    <mergeCell ref="U4:U17"/>
+    <mergeCell ref="V4:V17"/>
+    <mergeCell ref="W4:W17"/>
+    <mergeCell ref="X4:X17"/>
+    <mergeCell ref="Y4:Y17"/>
+    <mergeCell ref="Z4:Z17"/>
+    <mergeCell ref="AA4:AA17"/>
+    <mergeCell ref="AB4:AB17"/>
+    <mergeCell ref="AM5:AM17"/>
+    <mergeCell ref="AN5:AN17"/>
+    <mergeCell ref="AO5:AO17"/>
+    <mergeCell ref="AP5:AP17"/>
+    <mergeCell ref="AQ5:AQ17"/>
+    <mergeCell ref="A3:A17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>