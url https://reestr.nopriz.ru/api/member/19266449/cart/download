--- v0 (2025-12-07)
+++ v1 (2026-03-21)
@@ -214,51 +214,51 @@
   <si>
     <t>22.08.2008</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1080326009653</t>
   </si>
   <si>
     <t>0323342058</t>
   </si>
   <si>
     <t>+7(3012) 46-14-67</t>
   </si>
   <si>
     <t>670013, Россия, Республика Бурятия, Улан-Удэ, Ключевская, 30, 3</t>
   </si>
   <si>
     <t>Генеральный директор Бальбуров Дмитрий Александрович, Генеральный директор Бартанаева Татьяна Борисовна</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
-    <t>01.03.2025</t>
+    <t>02.03.2026</t>
   </si>
   <si>
     <t>Протокол Правления № 21 от 09.02.2010</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>01.07.2017</t>
   </si>
   <si>
     <t>14.03.2025</t>
   </si>
   <si>
     <t>Плановая</t>
   </si>