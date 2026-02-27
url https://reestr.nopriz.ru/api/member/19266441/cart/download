--- v0 (2025-12-13)
+++ v1 (2026-02-27)
@@ -253,72 +253,72 @@
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>01.07.2017</t>
   </si>
   <si>
     <t>21.03.2025</t>
   </si>
   <si>
     <t>Плановая</t>
   </si>
   <si>
     <t>Нарушений не имеется</t>
   </si>
   <si>
     <t>Не применялись</t>
   </si>
   <si>
     <t>25.09.2019</t>
   </si>
   <si>
     <t>Применялись</t>
   </si>
   <si>
+    <t>06.09.2013</t>
+  </si>
+  <si>
+    <t>29.03.2011</t>
+  </si>
+  <si>
+    <t>18.09.2017</t>
+  </si>
+  <si>
+    <t>17.09.2021</t>
+  </si>
+  <si>
     <t>07.11.2023</t>
   </si>
   <si>
-    <t>29.03.2011</t>
+    <t>25.06.2012</t>
   </si>
   <si>
     <t>27.09.2022</t>
   </si>
   <si>
     <t>20.09.2018</t>
-  </si>
-[...10 lines deleted...]
-    <t>06.09.2013</t>
   </si>
   <si>
     <t>08.09.2020</t>
   </si>
   <si>
     <t>26.09.2014</t>
   </si>
   <si>
     <t>19.09.2016</t>
   </si>
   <si>
     <t>07.09.2015</t>
   </si>
   <si>
     <t>13.04.2010</t>
   </si>
   <si>
     <t>Внеплановая</t>
   </si>
   <si>
     <t>30 000 000</t>
   </si>
   <si>
     <t>ОАО "АльфаСтрахование"</t>
   </si>
@@ -1201,51 +1201,51 @@
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="4"/>
       <c r="W6" s="4"/>
       <c r="X6" s="4"/>
       <c r="Y6" s="4"/>
       <c r="Z6" s="4"/>
       <c r="AA6" s="4"/>
       <c r="AB6" s="4"/>
       <c r="AC6" s="4"/>
       <c r="AD6" s="4"/>
       <c r="AE6" s="4"/>
       <c r="AF6" s="4"/>
       <c r="AG6" s="4"/>
       <c r="AH6" s="4"/>
       <c r="AI6" s="4" t="s">
         <v>77</v>
       </c>
       <c r="AJ6" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK6" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL6" s="4" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="AM6" s="4"/>
       <c r="AN6" s="4"/>
       <c r="AO6" s="4"/>
       <c r="AP6" s="4"/>
       <c r="AQ6" s="4"/>
     </row>
     <row r="7" spans="1:46">
       <c r="A7" s="4"/>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="P7" s="4"/>
       <c r="Q7" s="4"/>
@@ -1307,51 +1307,51 @@
       <c r="T8" s="4"/>
       <c r="U8" s="4"/>
       <c r="V8" s="4"/>
       <c r="W8" s="4"/>
       <c r="X8" s="4"/>
       <c r="Y8" s="4"/>
       <c r="Z8" s="4"/>
       <c r="AA8" s="4"/>
       <c r="AB8" s="4"/>
       <c r="AC8" s="4"/>
       <c r="AD8" s="4"/>
       <c r="AE8" s="4"/>
       <c r="AF8" s="4"/>
       <c r="AG8" s="4"/>
       <c r="AH8" s="4"/>
       <c r="AI8" s="4" t="s">
         <v>79</v>
       </c>
       <c r="AJ8" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK8" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL8" s="4" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="AM8" s="4"/>
       <c r="AN8" s="4"/>
       <c r="AO8" s="4"/>
       <c r="AP8" s="4"/>
       <c r="AQ8" s="4"/>
     </row>
     <row r="9" spans="1:46">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
@@ -1360,51 +1360,51 @@
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
       <c r="Z9" s="4"/>
       <c r="AA9" s="4"/>
       <c r="AB9" s="4"/>
       <c r="AC9" s="4"/>
       <c r="AD9" s="4"/>
       <c r="AE9" s="4"/>
       <c r="AF9" s="4"/>
       <c r="AG9" s="4"/>
       <c r="AH9" s="4"/>
       <c r="AI9" s="4" t="s">
         <v>80</v>
       </c>
       <c r="AJ9" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK9" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL9" s="4" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="AM9" s="4"/>
       <c r="AN9" s="4"/>
       <c r="AO9" s="4"/>
       <c r="AP9" s="4"/>
       <c r="AQ9" s="4"/>
     </row>
     <row r="10" spans="1:46">
       <c r="A10" s="4"/>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
       <c r="M10" s="4"/>
       <c r="N10" s="4"/>
       <c r="O10" s="4"/>
       <c r="P10" s="4"/>
       <c r="Q10" s="4"/>
@@ -1572,51 +1572,51 @@
       <c r="T13" s="4"/>
       <c r="U13" s="4"/>
       <c r="V13" s="4"/>
       <c r="W13" s="4"/>
       <c r="X13" s="4"/>
       <c r="Y13" s="4"/>
       <c r="Z13" s="4"/>
       <c r="AA13" s="4"/>
       <c r="AB13" s="4"/>
       <c r="AC13" s="4"/>
       <c r="AD13" s="4"/>
       <c r="AE13" s="4"/>
       <c r="AF13" s="4"/>
       <c r="AG13" s="4"/>
       <c r="AH13" s="4"/>
       <c r="AI13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="AJ13" s="4" t="s">
         <v>72</v>
       </c>
       <c r="AK13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AL13" s="4" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="AM13" s="4"/>
       <c r="AN13" s="4"/>
       <c r="AO13" s="4"/>
       <c r="AP13" s="4"/>
       <c r="AQ13" s="4"/>
     </row>
     <row r="14" spans="1:46">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
       <c r="M14" s="4"/>
       <c r="N14" s="4"/>
       <c r="O14" s="4"/>
       <c r="P14" s="4"/>
       <c r="Q14" s="4"/>