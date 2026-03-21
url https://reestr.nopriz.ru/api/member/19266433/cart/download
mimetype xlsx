--- v0 (2025-12-07)
+++ v1 (2026-03-21)
@@ -214,51 +214,51 @@
   <si>
     <t>22.01.2016</t>
   </si>
   <si>
     <t>Является членом</t>
   </si>
   <si>
     <t>1160327050432</t>
   </si>
   <si>
     <t>0326543683</t>
   </si>
   <si>
     <t>+7(3012) 55-07-55, 46-30-5</t>
   </si>
   <si>
     <t>670034, Россия, Республика Бурятия, Улан-Удэ, Проспект 50-летия октября, 27, 1</t>
   </si>
   <si>
     <t>Генеральный директор Изотов Сергей Михайлович</t>
   </si>
   <si>
     <t>Соответствует</t>
   </si>
   <si>
-    <t>01.03.2025</t>
+    <t>02.03.2026</t>
   </si>
   <si>
     <t>Протокол Правления № 163 от 08.12.2017</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Первый уровень ответственности</t>
   </si>
   <si>
     <t>Действует</t>
   </si>
   <si>
     <t>19.05.2025</t>
   </si>
   <si>
     <t>Плановая</t>
   </si>
   <si>
     <t>Нарушений не имеется</t>
   </si>
@@ -1000,51 +1000,51 @@
       </c>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8" t="s">
         <v>58</v>
       </c>
       <c r="L4" s="8" t="s">
         <v>59</v>
       </c>
       <c r="M4" s="8" t="s">
         <v>60</v>
       </c>
       <c r="N4" s="8" t="s">
         <v>61</v>
       </c>
       <c r="O4" s="8" t="s">
         <v>62</v>
       </c>
       <c r="P4" s="8"/>
       <c r="Q4" s="8"/>
       <c r="R4" s="8" t="s">
         <v>63</v>
       </c>
       <c r="S4" s="8"/>
       <c r="T4" s="8">
-        <v>9000500</v>
+        <v>0</v>
       </c>
       <c r="U4" s="8" t="s">
         <v>64</v>
       </c>
       <c r="V4" s="8">
         <v>50000.0</v>
       </c>
       <c r="W4" s="8">
         <v>150000.0</v>
       </c>
       <c r="X4" s="8" t="s">
         <v>55</v>
       </c>
       <c r="Y4" s="8" t="s">
         <v>65</v>
       </c>
       <c r="Z4" s="8" t="s">
         <v>66</v>
       </c>
       <c r="AA4" s="8" t="s">
         <v>67</v>
       </c>
       <c r="AB4" s="4" t="s">
         <v>67</v>
       </c>